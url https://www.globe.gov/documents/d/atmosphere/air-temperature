--- v0 (2026-01-13)
+++ v1 (2026-02-02)
@@ -1,5900 +1,6212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...85 lines deleted...]
-  <Override PartName="/ppt/metadata" ContentType="application/binary"/>
+  <Default ContentType="image/jpeg" Extension="jpg"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide29.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide28.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide15.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide24.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide20.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide17.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide16.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide21.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide25.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide18.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide30.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide22.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide26.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide19.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide27.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide23.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml" PartName="/ppt/notesSlides/notesSlide10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml" PartName="/ppt/tableStyles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml" PartName="/ppt/slideLayouts/slideLayout9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml" PartName="/ppt/slideMasters/slideMaster1.xml"/>
+  <Override ContentType="application/binary" PartName="/ppt/metadata"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide18.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide30.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide22.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide26.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide19.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide17.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide25.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide20.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide21.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide16.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide29.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide24.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide28.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide15.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide23.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide27.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml" PartName="/ppt/slides/slide14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml" PartName="/ppt/notesMasters/notesMaster1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml" PartName="/ppt/presentation.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml" PartName="/ppt/presProps.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/ppt/theme/theme2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" autoCompressPictures="0" firstSlideNum="0" strictFirstAndLastChars="0" saveSubsetFonts="1" showSpecialPlsOnTitleSld="0">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId32"/>
+    <p:notesMasterId r:id="rId5"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...28 lines deleted...]
-    <p:sldId id="285" r:id="rId31"/>
+    <p:sldId id="256" r:id="rId6"/>
+    <p:sldId id="257" r:id="rId7"/>
+    <p:sldId id="258" r:id="rId8"/>
+    <p:sldId id="259" r:id="rId9"/>
+    <p:sldId id="260" r:id="rId10"/>
+    <p:sldId id="261" r:id="rId11"/>
+    <p:sldId id="262" r:id="rId12"/>
+    <p:sldId id="263" r:id="rId13"/>
+    <p:sldId id="264" r:id="rId14"/>
+    <p:sldId id="265" r:id="rId15"/>
+    <p:sldId id="266" r:id="rId16"/>
+    <p:sldId id="267" r:id="rId17"/>
+    <p:sldId id="268" r:id="rId18"/>
+    <p:sldId id="269" r:id="rId19"/>
+    <p:sldId id="270" r:id="rId20"/>
+    <p:sldId id="271" r:id="rId21"/>
+    <p:sldId id="272" r:id="rId22"/>
+    <p:sldId id="273" r:id="rId23"/>
+    <p:sldId id="274" r:id="rId24"/>
+    <p:sldId id="275" r:id="rId25"/>
+    <p:sldId id="276" r:id="rId26"/>
+    <p:sldId id="277" r:id="rId27"/>
+    <p:sldId id="278" r:id="rId28"/>
+    <p:sldId id="279" r:id="rId29"/>
+    <p:sldId id="280" r:id="rId30"/>
+    <p:sldId id="281" r:id="rId31"/>
+    <p:sldId id="282" r:id="rId32"/>
+    <p:sldId id="283" r:id="rId33"/>
+    <p:sldId id="284" r:id="rId34"/>
+    <p:sldId id="285" r:id="rId35"/>
   </p:sldIdLst>
-  <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
+  <p:sldSz cy="6858000" cx="9144000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
-    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+    <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+    <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+    <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+    <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+    <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+    <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+    <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+    <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
-    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-[...1 lines deleted...]
-    </p:ext>
     <p:ext uri="GoogleSlidesCustomDataVersion2">
-      <go:slidesCustomData xmlns="" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:go="http://customooxmlschemas.google.com/" r:id="rId37" roundtripDataSignature="AMtx7mh9YO3ehlcPdbt6TRBeT2gp0ftUTQ=="/>
+      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId36" roundtripDataSignature="AMtx7mjqeguI9RNqoJ4fr7Av8jEt1Ufpyw=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...28 lines deleted...]
-</p:presentationPr>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{1712015E-821C-4A7A-BB22-795E322555C7}">
-  <a:tblStyle styleId="{1712015E-821C-4A7A-BB22-795E322555C7}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" def="{657A31AF-764E-4C3E-A91A-6AB1B4CB429E}">
+  <a:tblStyle styleId="{657A31AF-764E-4C3E-A91A-6AB1B4CB429E}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:left>
           <a:right>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:right>
           <a:top>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:top>
           <a:bottom>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:bottom>
           <a:insideH>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:insideH>
           <a:insideV>
-            <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="12700">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="E9EFF7"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
     <a:band1H>
-      <a:tcTxStyle/>
+      <a:tcTxStyle b="off" i="off"/>
       <a:tcStyle>
-        <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="D0DEEF"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1H>
     <a:band2H>
-      <a:tcTxStyle/>
-[...2 lines deleted...]
-      </a:tcStyle>
+      <a:tcTxStyle b="off" i="off"/>
     </a:band2H>
     <a:band1V>
-      <a:tcTxStyle/>
+      <a:tcTxStyle b="off" i="off"/>
       <a:tcStyle>
-        <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="D0DEEF"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1V>
     <a:band2V>
-      <a:tcTxStyle/>
-[...2 lines deleted...]
-      </a:tcStyle>
+      <a:tcTxStyle b="off" i="off"/>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle b="on" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
-        <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle b="on" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
-        <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstCol>
     <a:lastRow>
       <a:tcTxStyle b="on" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:top>
-            <a:ln w="38100" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="38100">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:top>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:seCell>
-      <a:tcTxStyle/>
-[...2 lines deleted...]
-      </a:tcStyle>
+      <a:tcTxStyle b="off" i="off"/>
     </a:seCell>
     <a:swCell>
-      <a:tcTxStyle/>
-[...2 lines deleted...]
-      </a:tcStyle>
+      <a:tcTxStyle b="off" i="off"/>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle b="on" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
-            <a:ln w="38100" cap="flat" cmpd="sng">
+            <a:ln cap="flat" cmpd="sng" w="38100">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
-              <a:headEnd type="none" w="sm" len="sm"/>
-              <a:tailEnd type="none" w="sm" len="sm"/>
+              <a:headEnd len="sm" w="sm" type="none"/>
+              <a:tailEnd len="sm" w="sm" type="none"/>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
-      <a:tcTxStyle/>
-[...2 lines deleted...]
-      </a:tcStyle>
+      <a:tcTxStyle b="off" i="off"/>
     </a:neCell>
     <a:nwCell>
-      <a:tcTxStyle/>
-[...2 lines deleted...]
-      </a:tcStyle>
+      <a:tcTxStyle b="off" i="off"/>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId37" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId36" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
-        <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 2"/>
+        <p:cNvPr id="2" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;3;n"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="hdr" idx="2"/>
+            <p:ph idx="2" type="hdr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Google Shape;4;n"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="r" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;5;n"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="3"/>
+            <p:ph idx="3" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Google Shape;6;n"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Google Shape;7;n"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Google Shape;8;n"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr b="0" i="0" lang="en-US" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="dk2" tx1="dk1" tx2="lt2" folHlink="folHlink" hlink="hlink"/>
   <p:notesStyle>
-    <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
-    <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+    <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+    <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+    <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+    <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+    <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+    <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+    <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+    <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+    <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
-      <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+      <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 84"/>
+        <p:cNvPr id="84" name="Shape 84"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="85" name="Google Shape;85;p1:notes"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="86" name="Google Shape;86;p1:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="87" name="Google Shape;87;p1:notes"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>0</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 181"/>
+        <p:cNvPr id="182" name="Shape 182"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="182" name="Google Shape;182;p10:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="183" name="Google Shape;183;p10:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="183" name="Google Shape;183;p10:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="184" name="Google Shape;184;p10:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
-[...65 lines deleted...]
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
-      </p:sp>
-[...86 lines deleted...]
-        </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 202"/>
+        <p:cNvPr id="193" name="Shape 193"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="203" name="Google Shape;203;p12:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="194" name="Google Shape;194;p11:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
-[...37 lines deleted...]
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
-[...65 lines deleted...]
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="216" name="Google Shape;216;p13:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="195" name="Google Shape;195;p11:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="217" name="Google Shape;217;p13:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="196" name="Google Shape;196;p11:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>12</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 225"/>
+        <p:cNvPr id="204" name="Shape 204"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="226" name="Google Shape;226;p14:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="205" name="Google Shape;205;p12:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="206" name="Google Shape;206;p12:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
-      </p:sp>
-[...86 lines deleted...]
-        </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 236"/>
+        <p:cNvPr id="216" name="Shape 216"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="237" name="Google Shape;237;p15:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="217" name="Google Shape;217;p13:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="238" name="Google Shape;238;p15:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="218" name="Google Shape;218;p13:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="239" name="Google Shape;239;p15:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="219" name="Google Shape;219;p13:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>14</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 247"/>
+        <p:cNvPr id="227" name="Shape 227"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="248" name="Google Shape;248;p16:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="228" name="Google Shape;228;p14:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="249" name="Google Shape;249;p16:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="229" name="Google Shape;229;p14:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="250" name="Google Shape;250;p16:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="230" name="Google Shape;230;p14:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>15</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 259"/>
+        <p:cNvPr id="238" name="Shape 238"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="260" name="Google Shape;260;p17:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="239" name="Google Shape;239;p15:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="261" name="Google Shape;261;p17:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="240" name="Google Shape;240;p15:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="262" name="Google Shape;262;p17:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="241" name="Google Shape;241;p15:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>16</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 271">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="249" name="Shape 249"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="272" name="Google Shape;272;p18:notes">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="250" name="Google Shape;250;p16:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
-[...43 lines deleted...]
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
-[...870 lines deleted...]
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="357" name="Google Shape;357;p25:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="251" name="Google Shape;251;p16:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="358" name="Google Shape;358;p25:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="252" name="Google Shape;252;p16:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>24</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 365"/>
+        <p:cNvPr id="261" name="Shape 261"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="366" name="Google Shape;366;p26:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="262" name="Google Shape;262;p17:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
-[...37 lines deleted...]
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
-[...585 lines deleted...]
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="115" name="Google Shape;115;p4:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="263" name="Google Shape;263;p17:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="116" name="Google Shape;116;p4:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="264" name="Google Shape;264;p17:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>3</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 125"/>
+        <p:cNvPr id="277" name="Shape 277"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="126" name="Google Shape;126;p5:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="278" name="Google Shape;278;p43:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="127" name="Google Shape;127;p5:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="279" name="Google Shape;279;p43:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
-[...65 lines deleted...]
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="290" name="Shape 290"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="136" name="Google Shape;136;p6:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="291" name="Google Shape;291;p18:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="137" name="Google Shape;137;p6:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="292" name="Google Shape;292;p18:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
-[...108 lines deleted...]
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
-[...65 lines deleted...]
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="93" name="Shape 93"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="159" name="Google Shape;159;p8:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="94" name="Google Shape;94;p2:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="160" name="Google Shape;160;p8:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="95" name="Google Shape;95;p2:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="301" name="Shape 301"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="302" name="Google Shape;302;p44:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="303" name="Google Shape;303;p44:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="310" name="Shape 310"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="311" name="Google Shape;311;p45:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Aspects of the menus are sometimes capitalized, sometimes not.</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="312" name="Google Shape;312;p45:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="321" name="Shape 321"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="322" name="Google Shape;322;p46:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="323" name="Google Shape;323;p46:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="330" name="Shape 330"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="331" name="Google Shape;331;p23:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="332" name="Google Shape;332;p23:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="341" name="Shape 341"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="342" name="Google Shape;342;p24:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="343" name="Google Shape;343;p24:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="354" name="Shape 354"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="355" name="Google Shape;355;p25:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="356" name="Google Shape;356;p25:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="357" name="Google Shape;357;p25:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>7</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 170"/>
+        <p:cNvPr id="364" name="Shape 364"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="171" name="Google Shape;171;p9:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="365" name="Google Shape;365;p26:notes"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="172" name="Google Shape;172;p9:notes"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="366" name="Google Shape;366;p26:notes"/>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="sldImg" idx="2"/>
+            <p:ph idx="2" type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
-            <a:avLst/>
-[...3 lines deleted...]
-            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:rect b="b" l="l" r="r" t="t"/>
             <a:pathLst>
-              <a:path w="120000" h="120000" extrusionOk="0">
+              <a:path extrusionOk="0" h="120000" w="120000">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="373" name="Shape 373"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="374" name="Google Shape;374;p27:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="375" name="Google Shape;375;p27:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="382" name="Shape 382"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="383" name="Google Shape;383;p28:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="384" name="Google Shape;384;p28:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="391" name="Shape 391"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="392" name="Google Shape;392;p29:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="393" name="Google Shape;393;p29:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="102" name="Shape 102"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="103" name="Google Shape;103;p3:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Google Shape;104;p3:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="400" name="Shape 400"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="401" name="Google Shape;401;p30:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="402" name="Google Shape;402;p30:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="114" name="Shape 114"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="115" name="Google Shape;115;p4:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="116" name="Google Shape;116;p4:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="117" name="Google Shape;117;p4:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="126" name="Shape 126"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="127" name="Google Shape;127;p5:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="128" name="Google Shape;128;p5:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="135" name="Shape 135"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="136" name="Google Shape;136;p6:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="137" name="Google Shape;137;p6:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="138" name="Google Shape;138;p6:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="149" name="Shape 149"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="150" name="Google Shape;150;p7:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="151" name="Google Shape;151;p7:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="158" name="Shape 158"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="159" name="Google Shape;159;p8:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="160" name="Google Shape;160;p8:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="161" name="Google Shape;161;p8:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="12" type="sldNum"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" showMasterPhAnim="0" showMasterSp="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="171" name="Shape 171"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="172" name="Google Shape;172;p9:notes"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr>
+            <p:ph idx="1" type="body"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="173" name="Google Shape;173;p9:notes"/>
+          <p:cNvSpPr/>
+          <p:nvPr>
+            <p:ph idx="2" type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:rect b="b" l="l" r="r" t="t"/>
+            <a:pathLst>
+              <a:path extrusionOk="0" h="120000" w="120000">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -5906,231 +6218,249 @@
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Slide" type="title">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title Slide" type="title">
   <p:cSld name="TITLE">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 15"/>
+        <p:cNvPr id="15" name="Shape 15"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Google Shape;16;p32"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1122363"/>
             <a:ext cx="7772400" cy="2387600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Google Shape;17;p32"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="subTitle" idx="1"/>
+            <p:ph idx="1" type="subTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="3602038"/>
             <a:ext cx="6858000" cy="1655762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -6244,26149 +6574,28289 @@
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Google Shape;18;p32"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Google Shape;19;p32"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Google Shape;20;p32"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Vertical Text" type="vertTx">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title and Vertical Text" type="vertTx">
   <p:cSld name="VERTICAL_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 72"/>
+        <p:cNvPr id="72" name="Shape 72"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="73" name="Google Shape;73;p41"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="365126"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="74" name="Google Shape;74;p41"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="2396331" y="57944"/>
             <a:ext cx="4351338" cy="7886700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="75" name="Google Shape;75;p41"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="76" name="Google Shape;76;p41"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="77" name="Google Shape;77;p41"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Vertical Title and Text" type="vertTitleAndTx">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Vertical Title and Text" type="vertTitleAndTx">
   <p:cSld name="VERTICAL_TITLE_AND_VERTICAL_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 78"/>
+        <p:cNvPr id="78" name="Shape 78"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="79" name="Google Shape;79;p42"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="4623594" y="2285207"/>
             <a:ext cx="5811838" cy="1971675"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="80" name="Google Shape;80;p42"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="623094" y="370681"/>
             <a:ext cx="5811838" cy="5800725"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="81" name="Google Shape;81;p42"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="Google Shape;82;p42"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="83" name="Google Shape;83;p42"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title and Content" type="obj">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title and Content" type="obj">
   <p:cSld name="OBJECT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 21"/>
+        <p:cNvPr id="21" name="Shape 21"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Google Shape;22;p33"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="365126"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Google Shape;23;p33"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="1825625"/>
             <a:ext cx="7886700" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Google Shape;24;p33"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Google Shape;25;p33"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Google Shape;26;p33"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Section Header" type="secHead">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Section Header" type="secHead">
   <p:cSld name="SECTION_HEADER">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 27"/>
+        <p:cNvPr id="27" name="Shape 27"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Google Shape;28;p34"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="623888" y="1709739"/>
             <a:ext cx="7886700" cy="2852737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Google Shape;29;p34"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="623888" y="4589464"/>
             <a:ext cx="7886700" cy="1500187"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buNone/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="888888"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Google Shape;30;p34"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Google Shape;31;p34"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Google Shape;32;p34"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Two Content" type="twoObj">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Two Content" type="twoObj">
   <p:cSld name="TWO_OBJECTS">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 33"/>
+        <p:cNvPr id="33" name="Shape 33"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34" name="Google Shape;34;p35"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="365126"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Google Shape;35;p35"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="1825625"/>
             <a:ext cx="3886200" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36" name="Google Shape;36;p35"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph idx="2" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4629150" y="1825625"/>
             <a:ext cx="3886200" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Google Shape;37;p35"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Google Shape;38;p35"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Google Shape;39;p35"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Comparison" type="twoTxTwoObj">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Comparison" type="twoTxTwoObj">
   <p:cSld name="TWO_OBJECTS_WITH_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 40"/>
+        <p:cNvPr id="40" name="Shape 40"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="41" name="Google Shape;41;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="629841" y="365126"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Google Shape;42;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="629842" y="1681163"/>
             <a:ext cx="3868340" cy="823912"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
-              <a:defRPr sz="2400" b="1"/>
+              <a:defRPr b="1" sz="2400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buNone/>
-              <a:defRPr sz="2000" b="1"/>
+              <a:defRPr b="1" sz="2000"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
-              <a:defRPr sz="1800" b="1"/>
+              <a:defRPr b="1" sz="1800"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="43" name="Google Shape;43;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph idx="2" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="629842" y="2505075"/>
             <a:ext cx="3868340" cy="3684588"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44" name="Google Shape;44;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="3"/>
+            <p:ph idx="3" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4629150" y="1681163"/>
             <a:ext cx="3887391" cy="823912"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
-              <a:defRPr sz="2400" b="1"/>
+              <a:defRPr b="1" sz="2400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buNone/>
-              <a:defRPr sz="2000" b="1"/>
+              <a:defRPr b="1" sz="2000"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
-              <a:defRPr sz="1800" b="1"/>
+              <a:defRPr b="1" sz="1800"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1"/>
+              <a:defRPr b="1" sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="45" name="Google Shape;45;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="4"/>
+            <p:ph idx="4" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4629150" y="2505075"/>
             <a:ext cx="3887391" cy="3684588"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-342900" algn="l">
+            <a:lvl1pPr indent="-342900" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-342900" algn="l">
+            <a:lvl2pPr indent="-342900" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-342900" algn="l">
+            <a:lvl3pPr indent="-342900" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-342900" algn="l">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-342900" algn="l">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-342900" algn="l">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-342900" algn="l">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-342900" algn="l">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-342900" algn="l">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="46" name="Google Shape;46;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Google Shape;47;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Google Shape;48;p36"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Title Only" type="titleOnly">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Title Only" type="titleOnly">
   <p:cSld name="TITLE_ONLY">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 49"/>
+        <p:cNvPr id="49" name="Shape 49"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="Google Shape;50;p37"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="365126"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Google Shape;51;p37"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="52" name="Google Shape;52;p37"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53" name="Google Shape;53;p37"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Blank" type="blank">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Blank" type="blank">
   <p:cSld name="BLANK">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 54"/>
+        <p:cNvPr id="54" name="Shape 54"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55" name="Google Shape;55;p38"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="Google Shape;56;p38"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Google Shape;57;p38"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Content with Caption" type="objTx">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Content with Caption" type="objTx">
   <p:cSld name="OBJECT_WITH_CAPTION_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 58"/>
+        <p:cNvPr id="58" name="Shape 58"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59" name="Google Shape;59;p39"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="629841" y="457200"/>
             <a:ext cx="2949178" cy="1600200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60" name="Google Shape;60;p39"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3887391" y="987426"/>
             <a:ext cx="4629150" cy="4873625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-431800" algn="l">
+            <a:lvl1pPr indent="-431800" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buChar char="•"/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-406400" algn="l">
+            <a:lvl2pPr indent="-406400" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-381000" algn="l">
+            <a:lvl3pPr indent="-381000" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-355600" algn="l">
+            <a:lvl4pPr indent="-355600" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-355600" algn="l">
+            <a:lvl5pPr indent="-355600" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-355600" algn="l">
+            <a:lvl6pPr indent="-355600" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-355600" algn="l">
+            <a:lvl7pPr indent="-355600" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-355600" algn="l">
+            <a:lvl8pPr indent="-355600" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-355600" algn="l">
+            <a:lvl9pPr indent="-355600" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61" name="Google Shape;61;p39"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="2"/>
+            <p:ph idx="2" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="629841" y="2057400"/>
             <a:ext cx="2949178" cy="3811588"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="Google Shape;62;p39"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Google Shape;63;p39"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="Google Shape;64;p39"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" matchingName="Picture with Caption" type="picTx">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" matchingName="Picture with Caption" type="picTx">
   <p:cSld name="PICTURE_WITH_CAPTION_TEXT">
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 65"/>
+        <p:cNvPr id="65" name="Shape 65"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="66" name="Google Shape;66;p40"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="629841" y="457200"/>
             <a:ext cx="2949178" cy="1600200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
+            <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
+            <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
+            <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
+            <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
+            <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
+            <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
+            <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
+            <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="Google Shape;67;p40"/>
-          <p:cNvSpPr>
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr/>
           <p:nvPr>
-            <p:ph type="pic" idx="2"/>
+            <p:ph idx="2" type="pic"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3887391" y="987426"/>
             <a:ext cx="4629150" cy="4873625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="68" name="Google Shape;68;p40"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="629841" y="2057400"/>
             <a:ext cx="2949178" cy="3811588"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" lvl="0" indent="-228600" algn="l">
+            <a:lvl1pPr indent="-228600" lvl="0" marL="457200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" lvl="1" indent="-228600" algn="l">
+            <a:lvl2pPr indent="-228600" lvl="1" marL="914400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" lvl="2" indent="-228600" algn="l">
+            <a:lvl3pPr indent="-228600" lvl="2" marL="1371600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1200"/>
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" lvl="3" indent="-228600" algn="l">
+            <a:lvl4pPr indent="-228600" lvl="3" marL="1828800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" lvl="4" indent="-228600" algn="l">
+            <a:lvl5pPr indent="-228600" lvl="4" marL="2286000" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" lvl="5" indent="-228600" algn="l">
+            <a:lvl6pPr indent="-228600" lvl="5" marL="2743200" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" lvl="6" indent="-228600" algn="l">
+            <a:lvl7pPr indent="-228600" lvl="6" marL="3200400" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" lvl="7" indent="-228600" algn="l">
+            <a:lvl8pPr indent="-228600" lvl="7" marL="3657600" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" lvl="8" indent="-228600" algn="l">
+            <a:lvl9pPr indent="-228600" lvl="8" marL="4114800" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1000"/>
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="69" name="Google Shape;69;p40"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Google Shape;70;p40"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Google Shape;71;p40"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
-[...4 lines deleted...]
-              <a:defRPr/>
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="888888"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
-        <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 9"/>
+        <p:cNvPr id="9" name="Shape 9"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Google Shape;10;p31"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="365126"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
-              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="4400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8">
-[...8 lines deleted...]
-              <a:defRPr sz="1800"/>
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Google Shape;11;p31"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="1825625"/>
             <a:ext cx="7886700" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-406400" algn="l" rtl="0">
+            <a:lvl1pPr indent="-406400" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-381000" algn="l" rtl="0">
+            <a:lvl2pPr indent="-381000" lvl="1" marL="914400" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-355600" algn="l" rtl="0">
+            <a:lvl3pPr indent="-355600" lvl="2" marL="1371600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-342900" algn="l" rtl="0">
+            <a:lvl4pPr indent="-342900" lvl="3" marL="1828800" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-342900" algn="l" rtl="0">
+            <a:lvl5pPr indent="-342900" lvl="4" marL="2286000" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-342900" algn="l" rtl="0">
+            <a:lvl6pPr indent="-342900" lvl="5" marL="2743200" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-342900" algn="l" rtl="0">
+            <a:lvl7pPr indent="-342900" lvl="6" marL="3200400" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-342900" algn="l" rtl="0">
+            <a:lvl8pPr indent="-342900" lvl="7" marL="3657600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-342900" algn="l" rtl="0">
+            <a:lvl9pPr indent="-342900" lvl="8" marL="4114800" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Google Shape;12;p31"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="dt" idx="10"/>
+            <p:ph idx="10" type="dt"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Google Shape;13;p31"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="ftr" idx="11"/>
+            <p:ph idx="11" type="ftr"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...8 lines deleted...]
-              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
-          <a:p>
-[...1 lines deleted...]
-          </a:p>
+          <a:p/>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Google Shape;14;p31"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl1pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl2pPr indent="0" lvl="1" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl3pPr indent="0" lvl="2" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl4pPr indent="0" lvl="3" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl5pPr indent="0" lvl="4" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl6pPr indent="0" lvl="5" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl7pPr indent="0" lvl="6" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl8pPr indent="0" lvl="7" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
-[...4 lines deleted...]
-              <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:lvl9pPr indent="0" lvl="8" marL="0" marR="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr b="0" i="0" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" bg1="lt1" bg2="dk2" tx1="dk1" tx2="lt2" folHlink="folHlink" hlink="hlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:hf dt="0" ftr="0" hdr="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
-      <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:defPPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
       </a:defPPr>
-      <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+      <a:lvl1pPr lvl="0" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+      <a:lvl2pPr lvl="1" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+      <a:lvl3pPr lvl="2" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+      <a:lvl4pPr lvl="3" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+      <a:lvl5pPr lvl="4" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+      <a:lvl6pPr lvl="5" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+      <a:lvl7pPr lvl="6" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+      <a:lvl8pPr lvl="7" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+      <a:lvl9pPr lvl="8" marR="0" rtl="0" algn="l">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
-        <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+        <a:defRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://berkeleyearth.org/wp-content/uploads/2015/02/baseline-seasonaltemperature-range.png" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://berkeleyearth.org/wp-content/uploads/2015/02/baseline-seasonaltemperature-range.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/ff1147e1-6ae3-4eb1-b38c-20021910c0a8" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/ff1147e1-6ae3-4eb1-b38c-20021910c0a8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fishersci.com.sg/upload/content_photo_1061_1208.jpg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/00bfb4e8-384c-4d63-a781-ae1624bc97c4" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/00bfb4e8-384c-4d63-a781-ae1624bc97c4" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fishersci.com.sg/upload/content_photo_1061_1208.jpg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esrl.noaa.gov/gmd/grad/solcalc/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esrl.noaa.gov/gmd/grad/solcalc/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/00bfb4e8-384c-4d63-a781-ae1624bc97c4" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://1.bp.blogspot.com/-dTjf0uzbhhU/VCzaSD54wvI/AAAAAAAAAFA/Ag20n_O8n4c/s1600/IMG_1035.jpg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://1.bp.blogspot.com/-dTjf0uzbhhU/VCzaSD54wvI/AAAAAAAAAFA/Ag20n_O8n4c/s1600/IMG_1035.jpg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.globe.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/globe-data/data-entry/globe-observer" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/globe-data/data-entry/globe-observer" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.globe.gov/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/10157/7349361/Viz+tutorial.pptx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/10157/7349361/Viz+tutorial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vis.globe.gov/GLOBE/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vis.globe.gov/GLOBE/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vis.globe.gov/GLOBE/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/10157/7349361/Viz+tutorial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/10157/7349361/Viz+tutorial.pptx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/do-globe/resources/globe-equipment" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/basic-page/about-atmosphere-background-information" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mynasadata.larc.nasa.gov/weather-and-climate/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/65d837c0-2487-47dc-a789-06f57de1c45e" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/do-globe/resources/globe-equipment" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/65d837c0-2487-47dc-a789-06f57de1c45e" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mynasadata.larc.nasa.gov/weather-and-climate/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mynasadata.larc.nasa.gov/weather-and-climate/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/basic-page/about-atmosphere-background-information" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/do-globe/globe-teachers-guide/atmosphere" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grc.nasa.gov/WWW/K-12/airplane/atmosphere.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grc.nasa.gov/WWW/K-12/airplane/atmosphere.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/do-globe/globe-teachers-guide/atmosphere" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@globe.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@globe.gov" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/93d4bb3c-79e3-4255-9fc8-537fc4f870dc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/93d4bb3c-79e3-4255-9fc8-537fc4f870dc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencemuseum.org.uk/ClimateChanging/ClimateScienceInfoZone/Exploringwhatmighthappen/2point1/~/media/ClimateChanging/FindOutMore/Images/twoonetwoone_NOAAWeatherSatellite.ashx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencemuseum.org.uk/ClimateChanging/ClimateScienceInfoZone/Exploringwhatmighthappen/2point1/~/media/ClimateChanging/FindOutMore/Images/twoonetwotwo.ashx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencemuseum.org.uk/ClimateChanging/ClimateScienceInfoZone/Exploringwhatmighthappen/2point1/~/media/ClimateChanging/FindOutMore/Images/twoonetwotwo.ashx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencemuseum.org.uk/ClimateChanging/ClimateScienceInfoZone/Exploringwhatmighthappen/2point1/~/media/ClimateChanging/FindOutMore/Images/twoonetwoone_NOAAWeatherSatellite.ashx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.labsource.com/ProdImg/26/26301.jpg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/search-results?p_p_auth=U5COsYBF&amp;p_p_id=15&amp;p_p_lifecycle=0&amp;p_p_state=maximized&amp;p_p_mode=view&amp;_15_struts_action=/journal/view_article&amp;_15_groupId=10157&amp;_15_articleId=2514809&amp;_15_version=1.4" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/search-results?p_p_auth=U5COsYBF&amp;p_p_id=15&amp;p_p_lifecycle=0&amp;p_p_state=maximized&amp;p_p_mode=view&amp;_15_struts_action=/journal/view_article&amp;_15_groupId=10157&amp;_15_articleId=2514809&amp;_15_version=1.4" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.labsource.com/ProdImg/26/26301.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/00bfb4e8-384c-4d63-a781-ae1624bc97c4" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/00bfb4e8-384c-4d63-a781-ae1624bc97c4" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 88"/>
+        <p:cNvPr id="88" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="89" name="Google Shape;89;p1" descr="The GLOBE Program-Atmosphere-AirT emperature"/>
+          <p:cNvPr descr="The GLOBE Program-Atmosphere-AirT emperature" id="89" name="Google Shape;89;p1"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="805132"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90" name="Google Shape;90;p1"/>
-          <p:cNvSpPr txBox="1">
-[...1 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="662213" y="630960"/>
             <a:ext cx="7819571" cy="1635351"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="b" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4400" b="1"/>
+              <a:rPr b="1" lang="en-US" sz="4400"/>
               <a:t>Protocol Training Slides</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4400" b="1"/>
+              <a:rPr b="1" lang="en-US" sz="4400"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="4400" b="1"/>
+              <a:rPr b="1" lang="en-US" sz="4400"/>
               <a:t>Air Temperature</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="91" name="Google Shape;91;p1" descr="Shows seasonal differences in degrees C. Map shows how there is less seasonal temperature difference at the equator and more at the poles" title="Map of Earth Seasonal Temperature Range">
+          <p:cNvPr descr="Shows seasonal differences in degrees C. Map shows how there is less seasonal temperature difference at the equator and more at the poles" id="91" name="Google Shape;91;p1" title="Map of Earth Seasonal Temperature Range">
             <a:hlinkClick r:id="rId4"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5" cstate="email">
+          <a:blip r:embed="rId5">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="662213" y="2440483"/>
             <a:ext cx="7819571" cy="3962001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Picture 2" descr="A blue background with white text&#10;&#10;AI-generated content may be incorrect.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="A blue background with white text&#10;&#10;AI-generated content may be incorrect." id="92" name="Google Shape;92;p1"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
+        <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="64770" y="0"/>
             <a:ext cx="3530005" cy="781994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 184"/>
+        <p:cNvPr id="185" name="Shape 185"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5122" name="Picture 2">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="186" name="Google Shape;186;p10"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
+        <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="6004908" y="1655848"/>
             <a:ext cx="3139092" cy="3192599"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="185" name="Google Shape;185;p10"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="187" name="Google Shape;187;p10"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>9</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="186" name="Google Shape;186;p10" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="188" name="Google Shape;188;p10"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-14515"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="187" name="Google Shape;187;p10" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="189" name="Google Shape;189;p10"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5" cstate="email">
+          <a:blip r:embed="rId5">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-28644" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="188" name="Google Shape;188;p10"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="190" name="Google Shape;190;p10"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1147728" y="638629"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0">
+              <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Calibrating your Instrument</a:t>
             </a:r>
-            <a:endParaRPr sz="2800" dirty="0"/>
+            <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="189" name="Google Shape;189;p10"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="191" name="Google Shape;191;p10"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1515066" y="1553030"/>
             <a:ext cx="4833311" cy="4666342"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="1" u="sng" dirty="0">
+              <a:rPr b="1" i="1" lang="en-US" sz="1400" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>Calibration Thermometer</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="1" dirty="0">
+            <a:endParaRPr b="1" sz="1400">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Prepare a mixture of fresh water and crushed ice with more ice than water in a container. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Put the calibration thermometer into the ice-water bath. The bulb of the thermometer must be in the water. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Allow the ice-water bath and thermometer to sit for 10 to 15 minutes Add more ice if needed. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Gently move the thermometer around in the ice-water bath so that it will be thoroughly cooled. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Read the thermometer. If it reads between -0.5 ̊ C and +0.5 ̊ C, the thermometer is fine. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>If the thermometer reads greater than +0.5 ̊ C, check to make sure that there is more ice than water in your ice-water bath. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>If the thermometer reads less than -0.5 ̊ C, check to make sure that there is no salt in your ice-water bath. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>If the thermometer still does not read between -0.5 ̊ C and +0.5 ̊ C, replace the thermometer. </a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-185420" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPct val="100000"/>
+              <a:buSzPts val="1400"/>
               <a:buFont typeface="Calibri"/>
-              <a:buAutoNum type="arabicParenR"/>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="1400"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 2">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="192" name="Google Shape;192;p10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1506771" y="5604410"/>
             <a:ext cx="7168614" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-130810">
-[...3 lines deleted...]
-              <a:buSzPct val="100000"/>
+            <a:pPr indent="-130810" lvl="0" marL="228600" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" u="sng" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="1400" u="sng" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Troubleshoot</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>: If the reading is outside this range, double check that you followed the instructions carefully and repeat the process. If the thermometer repeatedly does not capture the known value of ice, replace the thermometer. Please delay recording your data until you are able to acquire a properly functioning thermometer.  </a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 195"/>
+        <p:cNvPr id="197" name="Shape 197"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="196" name="Google Shape;196;p11"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="198" name="Google Shape;198;p11"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>10</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="197" name="Google Shape;197;p11" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="199" name="Google Shape;199;p11"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-14515"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="198" name="Google Shape;198;p11" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="200" name="Google Shape;200;p11"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-28644" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="199" name="Google Shape;199;p11"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="201" name="Google Shape;201;p11"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1147728" y="489388"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Calibrating Your Max/Min Digital Thermometer</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="200" name="Google Shape;200;p11"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="202" name="Google Shape;202;p11"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1361131" y="1416505"/>
             <a:ext cx="4581979" cy="5304971"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="47500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Open the door to the instrument shelter and hang the calibration thermometer, the digital thermometer, and the soil sensor in the instrument shelter (if using it) so that they have air flow all around them and do not contact the sides of the shelter. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Close the door to the instrument shelter. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Wait at least an hour. Open the door to the instrument shelter. Make sure that your digital thermometer is displaying the current temperature(s) (Neither ‘MAX’ or ‘MIN’ symbols should be displayed on the screen. If they are, press the MAX/MIN button until they disappear). </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Read the temperatures reported by the air sensor and the soil sensor (if using it) of the digital thermometer and record them on your </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" i="1" u="sng" dirty="0">
+              <a:rPr i="1" lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>Max/Min Thermometer Calibration and Reset Data Sheet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Close the door of the instrument shelter. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Repeat steps 2 to 5 four more times, waiting at least one hour between each set of readings. Try to space out the five sets of readings over as much of a day as possible. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="201" name="Google Shape;201;p11" descr="Image of max/min digital thermometer">
+          <p:cNvPr descr="Image of max/min digital thermometer" id="203" name="Google Shape;203;p11">
             <a:hlinkClick r:id="rId6"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId7">
             <a:alphaModFix/>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6143337" y="1814951"/>
             <a:ext cx="2844800" cy="2844800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 205"/>
+        <p:cNvPr id="207" name="Shape 207"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="206" name="Google Shape;206;p12"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="208" name="Google Shape;208;p12"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>11</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="207" name="Google Shape;207;p12" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="209" name="Google Shape;209;p12"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-14515"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="208" name="Google Shape;208;p12" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="210" name="Google Shape;210;p12"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-17288" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="209" name="Google Shape;209;p12"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="211" name="Google Shape;211;p12"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="563676"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Data Sheet</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="210" name="Google Shape;210;p12"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="212" name="Google Shape;212;p12"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1506572" y="1754513"/>
             <a:ext cx="3543299" cy="2120801"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Enter the data on the Integrated 1-Day Data Sheet</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2000" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="2000">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Be sure to fill out the top: School Name, Study Site, Observer Names, Date and Time (local or UTC)</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="211" name="Google Shape;211;p12"/>
+          <p:cNvPr id="213" name="Google Shape;213;p12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1506572" y="4198086"/>
             <a:ext cx="3543299" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" i="1" u="sng">
+              <a:rPr b="0" i="1" lang="en-US" sz="2400" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId5">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Atmosphere Data Sheet</a:t>
             </a:r>
-            <a:endParaRPr sz="2400" i="1">
+            <a:endParaRPr b="0" i="1" sz="2400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="212" name="Google Shape;212;p12" descr="creen shot of atmosphere investigation data sheet" title="s"/>
+          <p:cNvPr descr="creen shot of atmosphere investigation data sheet" id="214" name="Google Shape;214;p12" title="s"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6" cstate="email">
+          <a:blip r:embed="rId6">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5400301" y="1311380"/>
             <a:ext cx="3315877" cy="4291134"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="lt1"/>
           </a:solidFill>
-          <a:ln w="25400" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="25400">
             <a:solidFill>
               <a:schemeClr val="dk1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="213" name="Google Shape;213;p12" descr="arrow points to area on form where information is inputted"/>
+          <p:cNvPr descr="arrow points to area on form where information is inputted" id="215" name="Google Shape;215;p12"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm rot="10800000" flipH="1">
+          <a:xfrm flipH="1" rot="10800000">
             <a:off x="4586514" y="2212011"/>
             <a:ext cx="1146629" cy="618276"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="38100" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="stealth" w="med" len="med"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="med" w="med" type="stealth"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 218"/>
+        <p:cNvPr id="220" name="Shape 220"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="219" name="Google Shape;219;p13"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="221" name="Google Shape;221;p13"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>12</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="220" name="Google Shape;220;p13" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="222" name="Google Shape;222;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-14515"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="221" name="Google Shape;221;p13" descr="Banner Air Temperature Protocol" title="Menu: How to collect your data"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="223" name="Google Shape;223;p13" title="Menu: How to collect your data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-36383" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="222" name="Google Shape;222;p13"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="224" name="Google Shape;224;p13"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="563676"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0">
+              <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Collecting Data with Max/Min Thermometer</a:t>
             </a:r>
-            <a:endParaRPr sz="2800" dirty="0"/>
+            <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="223" name="Google Shape;223;p13"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="225" name="Google Shape;225;p13"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1491923" y="1623885"/>
             <a:ext cx="4123916" cy="5103487"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
+            <a:normAutofit fontScale="70000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Preferably within an hour of local </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" u="sng" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>solar noon</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> open the instrument shelter being careful not to breathe on the thermometer. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Record the time and date on your </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" u="sng" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000" u="sng">
                 <a:solidFill>
-                  <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
-                <a:hlinkClick r:id="rId6">
-[...5 lines deleted...]
-                </a:hlinkClick>
+                <a:hlinkClick r:id="rId6"/>
               </a:rPr>
-              <a:t>Atmosphere Data Sheet</a:t>
+              <a:t>Air Temperature Data Sheet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:rPr i="1" lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>in both local and UT time. Note: GLOBE Website entry should be UT time. </a:t>
+              <a:t>in local time. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Make sure that your thermometer is displaying the current temperature(s) (Neither ‘MAX’ or ‘MIN’ symbols should be displayed on the screen. If they are, press the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>MAX/MIN </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>button until they disappear). </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Record the current air temperature on your </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Data Sheet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>. If you are taking soil readings, also record the soil temperature. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Press the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>MAX/MIN </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>button once. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Maximum temperature reading(s) will now be displayed along with the ‘MAX’ symbol on the display screen.  </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="224" name="Google Shape;224;p13" descr="diagram of max/min thermometer showing where the buttons are for use. &#10;"/>
+          <p:cNvPr descr="diagram of max/min thermometer showing where the buttons are for use. &#10;" id="226" name="Google Shape;226;p13"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId7" cstate="email">
+          <a:blip r:embed="rId7">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5759956" y="2023021"/>
             <a:ext cx="2438400" cy="2971800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 229"/>
+        <p:cNvPr id="231" name="Shape 231"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="230" name="Google Shape;230;p14"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="232" name="Google Shape;232;p14"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>13</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="231" name="Google Shape;231;p14" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="233" name="Google Shape;233;p14"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-14515"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="232" name="Google Shape;232;p14" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="234" name="Google Shape;234;p14"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-28644" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="233" name="Google Shape;233;p14"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="235" name="Google Shape;235;p14"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="563676"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Collecting Data with Max/Min Thermometer-2</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="234" name="Google Shape;234;p14"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="236" name="Google Shape;236;p14"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1491923" y="1623885"/>
             <a:ext cx="4123916" cy="5103487"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="7"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Record the maximum air temperature on your </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Data Sheet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>. If you are taking soil readings, also record the maximum soil temperature. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="7"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Press the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>MAX/MIN </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>button a second time. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="7"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Minimum temperature reading(s) will now be displayed along with the ‘MIN’ symbol on the display screen. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="7"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Record the minimum air temperature on your data sheet. If you are taking soil readings, also record the minimum soil temperature. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="7"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Press and hold the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>MAX/MIN </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>button for one second. This will reset your thermometer. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+            <a:pPr indent="-390525" lvl="0" marL="390525" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="7"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Close the instrument shelter.</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" dirty="0">
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:endParaRPr sz="2000">
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="235" name="Google Shape;235;p14" descr="diagram of max/min thermometer showing where the buttons are for use. "/>
+          <p:cNvPr descr="diagram of max/min thermometer showing where the buttons are for use. " id="237" name="Google Shape;237;p14"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5" cstate="email">
+          <a:blip r:embed="rId5">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6016902" y="2037911"/>
             <a:ext cx="2438400" cy="2971800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 240"/>
+        <p:cNvPr id="242" name="Shape 242"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="241" name="Google Shape;241;p15"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="243" name="Google Shape;243;p15"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>14</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="242" name="Google Shape;242;p15" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="244" name="Google Shape;244;p15"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-14515"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="243" name="Google Shape;243;p15" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="245" name="Google Shape;245;p15"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-28644" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="244" name="Google Shape;244;p15"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="246" name="Google Shape;246;p15"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="563676"/>
             <a:ext cx="8510814" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>When to Collect Data with Alcohol-filled Thermometer</a:t>
             </a:r>
             <a:endParaRPr sz="2400"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="245" name="Google Shape;245;p15"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="247" name="Google Shape;247;p15"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1491923" y="1623885"/>
             <a:ext cx="4676648" cy="5103487"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Use only when an instrument shelter is not available and a current temperature measurement is required in support of another GLOBE measurement.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2000" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="2000">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Your thermometer should be calibrated at least every three months as well as before its first use. Follow the procedure in slide 9.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="246" name="Google Shape;246;p15" descr="Image of alcohol-filled thermometer">
+          <p:cNvPr descr="Image of alcohol-filled thermometer" id="248" name="Google Shape;248;p15">
             <a:hlinkClick r:id="rId5"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6" cstate="email">
+          <a:blip r:embed="rId6">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6716157" y="1744096"/>
             <a:ext cx="1586013" cy="3941710"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 251"/>
+        <p:cNvPr id="253" name="Shape 253"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="252" name="Google Shape;252;p16"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="254" name="Google Shape;254;p16"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>15</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="253" name="Google Shape;253;p16" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="255" name="Google Shape;255;p16"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-14515"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="254" name="Google Shape;254;p16" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="256" name="Google Shape;256;p16"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-28644" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="255" name="Google Shape;255;p16"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="257" name="Google Shape;257;p16"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1147728" y="536390"/>
             <a:ext cx="9913257" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Collecting Data with Alcohol-filled Thermometer</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="256" name="Google Shape;256;p16"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="258" name="Google Shape;258;p16"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1361131" y="1526941"/>
             <a:ext cx="5229225" cy="2511030"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="40000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Tie one end of a piece of string securely to the end of the calibration thermometer and the other end to a rubber band. </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Slip the rubber band around your wrist so that the thermometer is not broken if it is accidentally dropped on the ground. </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Hold the thermometer at chest height, in your shadow, and away from your body for three minutes. </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="257" name="Google Shape;257;p16"/>
+          <p:cNvPr id="259" name="Google Shape;259;p16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1361131" y="3527071"/>
             <a:ext cx="7043736" cy="3706830"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="47500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="274320" marR="0" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="4"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3400">
+              <a:rPr b="0" i="0" lang="en-US" sz="3400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>At the end of three minutes, record the temperature reading in your science log. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" marR="0" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="4"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3400">
+              <a:rPr b="0" i="0" lang="en-US" sz="3400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Hold the thermometer the same way for another minute. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" marR="0" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="4"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3400">
+              <a:rPr b="0" i="0" lang="en-US" sz="3400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>At the end of the minute, record the temperature once again. If the temperature is within 0.5 ̊ C of the previous reading, record the reading on your </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3400" i="1">
+              <a:rPr b="0" i="1" lang="en-US" sz="3400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Data Sheet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3400">
+              <a:rPr b="0" i="0" lang="en-US" sz="3400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" marR="0" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="4"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3400">
+              <a:rPr b="0" i="0" lang="en-US" sz="3400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>If the two temperature readings differ by more than 0.5 ̊ C, repeat steps 5 and 6 again. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" marR="0" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR" startAt="4"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3400">
+              <a:rPr b="0" i="0" lang="en-US" sz="3400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>If two consecutive temperature readings are not within 0.5 ̊ C of one another after 7 minutes, record the last measurement on the Data Sheet and report your other four measurements in the comments section along with a note that your reading wasn’t stable after 7 minutes. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" marR="0" lvl="0" indent="-144145" algn="l" rtl="0">
+            <a:pPr indent="-144145" lvl="0" marL="228600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2800">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="258" name="Google Shape;258;p16" descr="Image of student taking air termperature, the alcohol filled thermometer is held at chest height"/>
+          <p:cNvPr descr="Image of student taking air termperature, the alcohol filled thermometer is held at chest height" id="260" name="Google Shape;260;p16"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5" cstate="email">
+          <a:blip r:embed="rId5">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="6590356" y="1620605"/>
             <a:ext cx="1911114" cy="1906466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 263"/>
+        <p:cNvPr id="265" name="Shape 265"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="264" name="Google Shape;264;p17"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="266" name="Google Shape;266;p17"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>16</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="265" name="Google Shape;265;p17" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="267" name="Google Shape;267;p17"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="266" name="Google Shape;266;p17" descr="Menu: How to collect your data"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: How to collect your data" id="268" name="Google Shape;268;p17"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1161143" cy="5971596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="267" name="Google Shape;267;p17"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="269" name="Google Shape;269;p17"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161143" y="914400"/>
             <a:ext cx="7886700" cy="682171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
-              <a:buSzPts val="2800"/>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPct val="111111"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Entering Air Temperature Data in the GLOBE Observer Data Entry System</a:t>
             </a:r>
-            <a:endParaRPr sz="2800" b="1" dirty="0"/>
+            <a:endParaRPr b="1" sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Google Shape;360;p36">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="270" name="Google Shape;270;p17"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1312956" y="1709235"/>
             <a:ext cx="5181600" cy="3870960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...16 lines deleted...]
-                <a:spcPts val="1000"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
+              <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
-              <a:buChar char="•"/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="1" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...227 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" b="1">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Two Options for Uploading Data:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600"/>
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>These methods all allow users to submit environmental data – collected at defined sites, according to protocol, and using approved instrumentation – for entry into the official GLOBE science database.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600"/>
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600" b="1">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="1" i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="-457200" algn="just">
+            <a:pPr indent="-457200" lvl="0" marL="457200" marR="0" rtl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Download the GLOBE Observer mobile app from the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="sng" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
-                <a:hlinkClick r:id="rId5"/>
+                <a:hlinkClick r:id="rId5">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
               <a:t>App Store.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600"/>
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="-457200" algn="just">
+            <a:pPr indent="-457200" lvl="0" marL="457200" marR="0" rtl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" u="sng">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
+                <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId6">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Data Entry</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
-                <a:latin typeface="+mj-lt"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>: Visit </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
-                <a:latin typeface="+mj-lt"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="sng" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
-                <a:hlinkClick r:id="rId7"/>
+                <a:hlinkClick r:id="rId7">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
               <a:t>globe.gov</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
-                <a:latin typeface="+mj-lt"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>, click on the “GLOBE Data” tab, then underneath “Data Entry” click on “Data Entry – New Desktop Forms”.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
-              <a:latin typeface="+mj-lt"/>
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr indent="-457200" algn="just">
+            <a:pPr indent="-457200" lvl="0" marL="457200" marR="0" rtl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Picture 2" descr="Icon of a magnifying glass over a globe.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Icon of a magnifying glass over a globe." id="271" name="Google Shape;271;p17"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
+        <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId8">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="7270861" y="2521806"/>
             <a:ext cx="1500856" cy="1500856"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="TextBox 14">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="272" name="Google Shape;272;p17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1312956" y="5016315"/>
             <a:ext cx="4220545" cy="1220847"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
-[...4 lines deleted...]
-                <a:spcPts val="360"/>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
+              <a:rPr b="0" i="1" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Note 1: You will need a GLOBE teacher, trainer, or scientist account to submit GLOBE data. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
+            <a:endParaRPr b="0" i="1" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
+              <a:rPr b="0" i="1" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Note 2: It may take some time after you enter your data for it to appear in the GLOBE data visualization system.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
+            <a:endParaRPr b="0" i="1" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="16" name="Picture 15">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="273" name="Google Shape;273;p17"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...4 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId9">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="8779" l="3108" r="36738" t="7598"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5794603" y="4832725"/>
             <a:ext cx="3253240" cy="1410962"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="17" name="Straight Arrow Connector 16">
-[...8 lines deleted...]
-          </p:cNvCxnSpPr>
+          <p:cNvPr id="274" name="Google Shape;274;p17"/>
+          <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5421972" y="4600946"/>
             <a:ext cx="1333686" cy="956656"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
-            <a:tailEnd type="triangle"/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="med" w="med" type="triangle"/>
           </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" rotWithShape="0" dir="5400000" dist="23000">
+              <a:srgbClr val="000000">
+                <a:alpha val="34901"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </p:spPr>
-        <p:style>
-[...12 lines deleted...]
-        </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="circle around button, Live Data Entry" id="275" name="Google Shape;275;p17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6730956" y="5563796"/>
             <a:ext cx="1077912" cy="157290"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="25400" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1800" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="19" name="Straight Arrow Connector 18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="276" name="Google Shape;276;p17"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6547896" y="3504967"/>
             <a:ext cx="629247" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
-            <a:tailEnd type="triangle"/>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="med" w="med" type="triangle"/>
           </a:ln>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" rotWithShape="0" dir="5400000" dist="23000">
+              <a:srgbClr val="000000">
+                <a:alpha val="34901"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </p:spPr>
-        <p:style>
-[...12 lines deleted...]
-        </p:style>
       </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 274">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="280" name="Shape 280"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Google Shape;596;p55">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="281" name="Google Shape;281;p43"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2113568" y="2090363"/>
             <a:ext cx="8780095" cy="338514"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>1. Click “Data Entry”</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" i="0" strike="noStrike" cap="none" dirty="0">
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="275" name="Google Shape;275;p18">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="282" name="Google Shape;282;p43"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>17</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="276" name="Google Shape;276;p18" descr="Banner Air Temperature Protocol">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="283" name="Google Shape;283;p43"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Google Shape;596;p55">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="284" name="Google Shape;284;p43"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1295605" y="1335745"/>
             <a:ext cx="7766406" cy="584735"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>The steps below will walk you through entering your Atmosphere Study Site Information in the GLOBE Observer App, which you can access using your GLOBE or GLOBE Observer login.</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" i="0" strike="noStrike" cap="none" dirty="0">
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 2" descr="Screenshot showing the GLOBE Observer App homepage. Select “Data Entry” to record data.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Screenshot showing the GLOBE Observer App homepage. Select “Data Entry” to record data." id="285" name="Google Shape;285;p43"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="6572"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="6572" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="2113568" y="2565883"/>
             <a:ext cx="1938284" cy="3679727"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Google Shape;596;p55">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="286" name="Google Shape;286;p43"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5638101" y="2080832"/>
             <a:ext cx="2858199" cy="338514"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>2. Click "Create/Edit My Sites" </a:t>
             </a:r>
-            <a:endParaRPr sz="1600" i="0" strike="noStrike" cap="none" dirty="0">
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 2" descr="Screenshot showing the GLOBE Observer app Data Entry page. Select “New Observation” to enter data.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Screenshot showing the GLOBE Observer app Data Entry page. Select “New Observation” to enter data." id="287" name="Google Shape;287;p43"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
+        <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="5930894" y="2438408"/>
             <a:ext cx="2057400" cy="3886201"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="8" name="Straight Connector 7">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="288" name="Google Shape;288;p43"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="439127" y="1920480"/>
             <a:ext cx="8780095" cy="0"/>
           </a:xfrm>
-          <a:prstGeom prst="line">
+          <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln cap="flat" cmpd="sng" w="9525">
+            <a:solidFill>
+              <a:schemeClr val="dk1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
+          </a:ln>
         </p:spPr>
-        <p:style>
-[...12 lines deleted...]
-        </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="277" name="Google Shape;277;p18" descr="Menu: How to collect your data">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: How to collect your data" id="289" name="Google Shape;289;p43"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6" cstate="email">
+          <a:blip r:embed="rId6">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1161143" cy="5971596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 274"/>
+        <p:cNvPr id="293" name="Shape 293"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect." id="294" name="Google Shape;294;p18"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...4 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="6172" l="645" r="-645" t="4001"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4005272" y="2426809"/>
             <a:ext cx="2452678" cy="4294667"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="275" name="Google Shape;275;p18"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="295" name="Google Shape;295;p18"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>18</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="276" name="Google Shape;276;p18" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="296" name="Google Shape;296;p18"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="277" name="Google Shape;277;p18" descr="Menu: How to collect your data"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: How to collect your data" id="297" name="Google Shape;297;p18"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5" cstate="email">
+          <a:blip r:embed="rId5">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1161143" cy="5971596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="279" name="Google Shape;279;p18"/>
+          <p:cNvPr id="298" name="Google Shape;298;p18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2524125" y="1532713"/>
             <a:ext cx="5975549" cy="647447"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
-[...3 lines deleted...]
-              <a:buSzPts val="2000"/>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>3. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>Click on the arrow next to "</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
+              <a:rPr b="0" i="1" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>Atmosphere</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>" and select "</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
+              <a:rPr b="0" i="1" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>Air Temperature</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>"</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" dirty="0">
+            <a:endParaRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="circle around button, Live Data Entry" id="299" name="Google Shape;299;p18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4005272" y="3305551"/>
             <a:ext cx="1583476" cy="325566"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="25400" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1800">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="15" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="arrow pointing to Live Data Entry on GLOBE website screenshot" id="300" name="Google Shape;300;p18"/>
           <p:cNvCxnSpPr>
-            <a:cxnSpLocks/>
-            <a:endCxn id="14" idx="7"/>
+            <a:endCxn id="299" idx="7"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="5356853" y="2550079"/>
-            <a:ext cx="867439" cy="803150"/>
+            <a:off x="5356853" y="2550129"/>
+            <a:ext cx="867300" cy="803100"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="38100" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="stealth" w="med" len="med"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="med" w="med" type="stealth"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 95"/>
+        <p:cNvPr id="96" name="Shape 96"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="96" name="Google Shape;96;p2" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="97" name="Google Shape;97;p2"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="97" name="Google Shape;97;p2" descr="Menu: What is Air Temperature?"/>
+          <p:cNvPr descr="Menu: What is Air Temperature?" id="98" name="Google Shape;98;p2"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1163488" cy="5943600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="98" name="Google Shape;98;p2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="99" name="Google Shape;99;p2"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>1</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="99" name="Google Shape;99;p2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="100" name="Google Shape;100;p2"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1579109" y="707231"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Overview and Learning Objectives</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="100" name="Google Shape;100;p2"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="101" name="Google Shape;101;p2"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="1825624"/>
             <a:ext cx="7886700" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2900" b="1" u="sng" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2900" u="sng">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Overview</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>This module:</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Describes how to take air temperature observations</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Provides instructions on how to enter your data using the GLOBE Observer Data Entry system</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2600" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="2600">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2900" b="1" u="sng" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2900" u="sng">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Learning Objectives</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>After completing this module, you will be able to: </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Describe what air temperature is</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>List reasons why it is important to collect air temperature data</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Determine the correct locations to take air temperature readings</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Upload data to the GLOBE website</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Visualize data using GLOBE Visualization Site and formulate your own questions about weather</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-113029" algn="l" rtl="0">
+            <a:pPr indent="-113029" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2600" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="2600">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2600" dirty="0">
+              <a:rPr lang="en-US" sz="2600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Estimated time to complete module: 1 hour</a:t>
             </a:r>
-            <a:endParaRPr sz="2600" dirty="0">
+            <a:endParaRPr sz="2600">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-104140" algn="l" rtl="0">
+            <a:pPr indent="-104140" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 274">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="304" name="Shape 304"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="275" name="Google Shape;275;p18">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="305" name="Google Shape;305;p44"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>19</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="276" name="Google Shape;276;p18" descr="Banner Air Temperature Protocol">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="306" name="Google Shape;306;p44"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="277" name="Google Shape;277;p18" descr="Menu: How to collect your data">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: How to collect your data" id="307" name="Google Shape;307;p44"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1161143" cy="5971596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Google Shape;279;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="308" name="Google Shape;308;p44"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1986678" y="1307367"/>
             <a:ext cx="6109572" cy="1123870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>4. At the bottom of the screen, click “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" i="1" dirty="0">
+              <a:rPr b="0" i="1" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Continue</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>”. When prompted, enter site location details (latitude, longitude, and elevation). Choose an existing site or identify a new site by clicking “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" i="1" dirty="0">
+              <a:rPr b="0" i="1" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>+ New Site Location</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="1400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>”</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" marR="0" lvl="0" indent="-50800" algn="l" rtl="0">
+            <a:pPr indent="-50800" lvl="0" marL="228600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6" descr="Screenshot that shows the bottom of the site location selection screen. You can select from all available sites, and at the bottom is a button that says &quot;+New Site Location&quot;">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Screenshot that shows the bottom of the site location selection screen. You can select from all available sites, and at the bottom is a button that says &quot;+New Site Location&quot;" id="309" name="Google Shape;309;p44"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="3218"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="3217" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="3960734" y="2267014"/>
             <a:ext cx="2383674" cy="4357599"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 274">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="313" name="Shape 313"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="275" name="Google Shape;275;p18">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="314" name="Google Shape;314;p45"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>20</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="276" name="Google Shape;276;p18" descr="Banner Air Temperature Protocol">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="315" name="Google Shape;315;p45"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="277" name="Google Shape;277;p18" descr="Menu: How to collect your data">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: How to collect your data" id="316" name="Google Shape;316;p45"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1161143" cy="5971596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="283" name="Google Shape;283;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="317" name="Google Shape;317;p45"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1296276" y="1910518"/>
             <a:ext cx="7219074" cy="1111257"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>) </a:t>
+              <a:t>4) Select </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="1" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-              </a:rPr>
-[...6 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Thermometer Type</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3074" name="Picture 2" descr="A screenshot showing that after selecting thermometer type, you need to input the thermometer height, obstacles, buildings, and surface cover (artificial turf, asphalt, concrete, etc.)">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="A screenshot showing that after selecting thermometer type, you need to input the thermometer height, obstacles, buildings, and surface cover (artificial turf, asphalt, concrete, etc.)" id="318" name="Google Shape;318;p45"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect r="49135" b="7172"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="7172" l="0" r="49135" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="5763539" y="3537510"/>
             <a:ext cx="2188883" cy="3183966"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5" descr="A screenshot showing the options for thermometer types: Other, Soil or Air, Liquid-Filled, Current Temp Only, Digital Single-Day Max/Min, Digital Multi-Day Max/Min, Earth Networks Station, Davis Instrument, Data Logger (HOBO), Rainwise, Weatherhawk, UCAR 3D-PAWS.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="A screenshot showing the options for thermometer types: Other, Soil or Air, Liquid-Filled, Current Temp Only, Digital Single-Day Max/Min, Digital Multi-Day Max/Min, Earth Networks Station, Davis Instrument, Data Logger (HOBO), Rainwise, Weatherhawk, UCAR 3D-PAWS." id="319" name="Google Shape;319;p45"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...4 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId6">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="7315" l="0" r="0" t="4653"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1982282" y="2698167"/>
             <a:ext cx="2188883" cy="3758579"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="320" name="Google Shape;320;p45"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5104493" y="1541475"/>
             <a:ext cx="3998072" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>5) Enter </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
+              <a:rPr b="0" i="1" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Thermometer Height </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>(cm) and be sure to note any obstacles or buildings near the thermometers. Select the type of surface cover (artificial turf, asphalt, concrete, etc.)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="2000" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 274">
-[...5 lines deleted...]
-        </p:cNvPr>
+        <p:cNvPr id="324" name="Shape 324"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="275" name="Google Shape;275;p18">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="325" name="Google Shape;325;p46"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>21</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="276" name="Google Shape;276;p18" descr="Banner Air Temperature Protocol">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="326" name="Google Shape;326;p46"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="277" name="Google Shape;277;p18" descr="Menu: How to collect your data">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: How to collect your data" id="327" name="Google Shape;327;p46"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1161143" cy="5971596"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="283" name="Google Shape;283;p18">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="328" name="Google Shape;328;p46"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1533900" y="1718013"/>
             <a:ext cx="6981450" cy="1323399"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0">
-[...3 lines deleted...]
-              <a:buSzPts val="2000"/>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
-[...7 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>) </a:t>
+              <a:t>6) Enter the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="1" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-              </a:rPr>
-[...6 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Current Temperature</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>°C). Document site conditions, timing, and any other information about the site or air temperature measurement clearly using the "</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
+              <a:rPr b="0" i="1" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>Comments</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
               <a:t>" section.</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" i="1" dirty="0"/>
+            <a:endParaRPr b="0" i="1" sz="2000" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4098" name="Picture 2" descr="A screenshot showing that measurements for Current Temperature are needed, ranging from -65 to 55 Celsius. Beneath that is a comments space.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="A screenshot showing that measurements for Current Temperature are needed, ranging from -65 to 55 Celsius. Beneath that is a comments space." id="329" name="Google Shape;329;p46"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
+            <a:alphaModFix/>
           </a:blip>
-          <a:srcRect b="53316"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="53316" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
             <a:off x="3350179" y="3434969"/>
             <a:ext cx="3348891" cy="2953081"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
-    <p:extLst>
-[...3 lines deleted...]
-    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 339"/>
+        <p:cNvPr id="333" name="Shape 333"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="340" name="Google Shape;340;p23"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="334" name="Google Shape;334;p23"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>22</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="341" name="Google Shape;341;p23" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="335" name="Google Shape;335;p23"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="342" name="Google Shape;342;p23" descr="Menu: Understand the Data"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: Understand the Data" id="336" name="Google Shape;336;p23"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1132114" cy="5991922"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Google Shape;367;p37">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="337" name="Google Shape;337;p23"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1395299" y="914400"/>
             <a:ext cx="7734357" cy="685800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...245 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="3200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Visualize and Retrieve Data</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="4400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Google Shape;368;p37">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="338" name="Google Shape;338;p23"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1358778" y="1520334"/>
             <a:ext cx="7692902" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...16 lines deleted...]
-                <a:spcPts val="1000"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
+              <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
-              <a:buChar char="•"/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...227 lines deleted...]
-              <a:rPr lang="en-US" sz="1600">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>GLOBE provides the ability to view and interact with data measured across the world. Select our </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1" u="sng">
+              <a:rPr b="0" i="1" lang="en-US" sz="1600" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>visualization tool</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> to map, graph, filter and export data that have been measured across GLOBE protocols since 1995. </a:t>
             </a:r>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just">
-[...5 lines deleted...]
-              </a:spcBef>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1600" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just">
-[...5 lines deleted...]
-              </a:spcBef>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>These step-by-step tutorials on using the visualization system will assist you in finding and analyzing data:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1">
+              <a:rPr b="0" i="1" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1" u="sng">
+              <a:rPr b="0" i="1" lang="en-US" sz="1600" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>PDF version</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr b="0" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1" u="sng">
+              <a:rPr b="0" i="1" lang="en-US" sz="1600" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>PowerPoint</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1" u="sng">
+              <a:rPr b="0" i="1" lang="en-US" sz="1600" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> version</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Google Shape;370;p37" descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from.">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from." id="339" name="Google Shape;339;p23"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId8" cstate="email">
+          <a:blip r:embed="rId8">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1477495" y="3178349"/>
             <a:ext cx="7225553" cy="3234954"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="340" name="Google Shape;340;p23"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1397860" y="6413303"/>
             <a:ext cx="4986336" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1" i="0" dirty="0">
+              <a:rPr b="1" i="0" lang="en-US" sz="1400" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...1 lines deleted...]
-                <a:hlinkClick r:id="rId5"/>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+                <a:hlinkClick r:id="rId9">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
               </a:rPr>
               <a:t>http://vis.globe.gov/GLOBE/</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" b="1" dirty="0">
-              <a:latin typeface="+mj-lt"/>
+            <a:endParaRPr b="1" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 349"/>
+        <p:cNvPr id="344" name="Shape 344"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="350" name="Google Shape;350;p24"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="345" name="Google Shape;345;p24"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>23</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="351" name="Google Shape;351;p24" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="346" name="Google Shape;346;p24"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="352" name="Google Shape;352;p24" descr="Menu: Understand the Data"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: Understand the Data" id="347" name="Google Shape;347;p24"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1132114" cy="5991922"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Google Shape;367;p37">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="348" name="Google Shape;348;p24"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1395299" y="914400"/>
             <a:ext cx="7734357" cy="685800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...245 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="3200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Visualize and Retrieve Data</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="4400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Google Shape;368;p37">
-[...8 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="349" name="Google Shape;349;p24"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1358777" y="1600200"/>
             <a:ext cx="7692902" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...11 lines deleted...]
-            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="1000"/>
+                <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
-              <a:buChar char="•"/>
-              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
-              </a:defRPr>
-[...219 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              </a:rPr>
               <a:t>Select the date for which you need data, add the protocol layers, and you can see where data is available. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Picture 5" descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from. The menu for protocol selection is expanded.">
-[...8 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from. The menu for protocol selection is expanded." id="350" name="Google Shape;350;p24"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...4 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5">
+            <a:alphaModFix/>
+          </a:blip>
+          <a:srcRect b="17709" l="0" r="0" t="0"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1491765" y="2574507"/>
             <a:ext cx="7426927" cy="2835694"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="7" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
-[...8 lines deleted...]
-          </p:cNvCxnSpPr>
+          <p:cNvPr descr="arrow pointing to Live Data Entry on GLOBE website screenshot" id="351" name="Google Shape;351;p24"/>
+          <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6023999" y="2502627"/>
             <a:ext cx="881626" cy="507273"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="38100" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="stealth" w="med" len="med"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="med" w="med" type="stealth"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="8" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
-[...8 lines deleted...]
-          </p:cNvCxnSpPr>
+          <p:cNvPr descr="arrow pointing to Live Data Entry on GLOBE website screenshot" id="352" name="Google Shape;352;p24"/>
+          <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1545276" y="2362200"/>
             <a:ext cx="153026" cy="771729"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="38100" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="stealth" w="med" len="med"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="med" w="med" type="stealth"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="9" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
-[...8 lines deleted...]
-          </p:cNvCxnSpPr>
+          <p:cNvPr descr="arrow pointing to Live Data Entry on GLOBE website screenshot" id="353" name="Google Shape;353;p24"/>
+          <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1201749" y="4640903"/>
             <a:ext cx="528948" cy="616897"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="38100" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="38100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="stealth" w="med" len="med"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="med" w="med" type="stealth"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 359"/>
+        <p:cNvPr id="358" name="Shape 358"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="360" name="Google Shape;360;p25"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="359" name="Google Shape;359;p25"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>24</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="361" name="Google Shape;361;p25" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="360" name="Google Shape;360;p25"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="362" name="Google Shape;362;p25" descr="Menu: Understand the Data"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: Understand the Data" id="361" name="Google Shape;361;p25"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1132114" cy="5991922"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="363" name="Google Shape;363;p25"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="362" name="Google Shape;362;p25"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1330555" y="503237"/>
             <a:ext cx="8011886" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Questions for YOU to investigate</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="364" name="Google Shape;364;p25"/>
+          <p:cNvPr id="363" name="Google Shape;363;p25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1523999" y="1828800"/>
             <a:ext cx="7184571" cy="3754874"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr indent="-342900" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>When does temperature change the most from day to day? </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr indent="-342900" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>What are the latitudes and elevations of other GLOBE schools with air temperature data similar to yours? </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr indent="-342900" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>How does vegetation in your area respond to changing temperature? </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr indent="-342900" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Is your local environment affected more by average temperature or temperature extremes? </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr indent="-342900" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Is there a difference between air temperature readings taken by students and satellites?</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:pPr indent="-342900" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr b="0" i="0" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>How does a large body of water affect air temperature?</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1800" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 368"/>
+        <p:cNvPr id="367" name="Shape 367"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="369" name="Google Shape;369;p26"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="368" name="Google Shape;368;p26"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>25</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="370" name="Google Shape;370;p26" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="369" name="Google Shape;369;p26"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="371" name="Google Shape;371;p26" descr="Menu: Quiz yourself!"/>
+          <p:cNvPr descr="Menu: Quiz yourself!" id="370" name="Google Shape;370;p26"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="13041" y="914400"/>
             <a:ext cx="1132114" cy="5991920"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="372" name="Google Shape;372;p26"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="371" name="Google Shape;371;p26"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1270341" y="654277"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>What have YOU learned?</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="373" name="Google Shape;373;p26"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="372" name="Google Shape;372;p26"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="1782763"/>
             <a:ext cx="7886700" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>What is air temperature?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>Why it is it important to collect air temperature  data?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>What instrument(s) is/are needed to collect air temperature data?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>Where can I purchase the instrument(s)?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>Where should I take my air temperature measurements?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>What data do I need to collect?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>How do I submit my data to GLOBE?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000"/>
               <a:t>What can I do with the data submitted to GLOBE? </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-50800" algn="l" rtl="0">
+            <a:pPr indent="-50800" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 377"/>
+        <p:cNvPr id="376" name="Shape 376"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="378" name="Google Shape;378;p27"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="377" name="Google Shape;377;p27"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>26</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="379" name="Google Shape;379;p27" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="378" name="Google Shape;378;p27"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="380" name="Google Shape;380;p27" descr="Menu: Further resources"/>
+          <p:cNvPr descr="Menu: Further resources" id="379" name="Google Shape;379;p27"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="914400"/>
             <a:ext cx="1145155" cy="6074908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="381" name="Google Shape;381;p27"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="380" name="Google Shape;380;p27"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1145155" y="631259"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Frequently Asked Questions (FAQs)</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="382" name="Google Shape;382;p27"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="381" name="Google Shape;381;p27"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="1782763"/>
             <a:ext cx="7596414" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr b="1" lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>1. If we missed reading the maximum/ minimum thermometer for a day or more (over the weekend, holiday, vacation, etc.), can we still report the temperature for today? </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>You can and should report the current temperature. You may not report the maximum and minimum temperatures as they are the maximum and minimum temperatures for more than one day. Reset the indicators and tomorrow you can report the maximum, minimum, and current temperatures. </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr b="1" lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>2. What should we do if our maximum/ minimum thermometer does not agree with the calibration thermometer and we can not adjust the scales so that they agree? </a:t>
             </a:r>
             <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>This is rare, but there are some maximum/ minimum thermometers that cannot be calibrated successfully. In this case, contact the supplier or manufacturer, explain that the calibration of the thermometer is off, and request a new thermometer. </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-117475" algn="l" rtl="0">
+            <a:pPr indent="-117475" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 386"/>
+        <p:cNvPr id="385" name="Shape 385"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="387" name="Google Shape;387;p28"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="386" name="Google Shape;386;p28"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>27</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="388" name="Google Shape;388;p28" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="387" name="Google Shape;387;p28"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="389" name="Google Shape;389;p28" descr="Menu: Further resources"/>
+          <p:cNvPr descr="Menu: Further resources" id="388" name="Google Shape;388;p28"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="914400"/>
             <a:ext cx="1145155" cy="6074908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="390" name="Google Shape;390;p28"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="389" name="Google Shape;389;p28"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1145155" y="631259"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Frequently Asked Questions (FAQs)-2</a:t>
             </a:r>
-            <a:endParaRPr sz="3200" dirty="0"/>
+            <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="391" name="Google Shape;391;p28"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="390" name="Google Shape;390;p28"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1145154" y="1545659"/>
             <a:ext cx="7596414" cy="5075237"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3200" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="3200">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>3. The maximum temperature reading on our thermometer today is less than the current temperature reading yesterday. Is this wrong? </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3200" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="3200">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Yes, this is a problem if the difference is more than 0.5 ̊ C. Sometimes the maximum indicator slips. Report your readings anyway so that GLOBE can track these errors. If this problem occurs often (more than one day in 20 or 5% of the time), check to see that your instrument shelter is mounted firmly and securely and that there are no routine sources of vibration shaking the shelter. If your shelter is securely mounted and there are no sources of vibration, contact the supplier and replace your maximum/minimum thermometer and also inform GLOBE of your problem. </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3200" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="3200">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>4. The minimum temperature reading on our thermometer today is greater than the current temperature reading yesterday. Is this wrong? </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>See #3 answer.</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-117475" algn="l" rtl="0">
+            <a:pPr indent="-117475" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 395"/>
+        <p:cNvPr id="394" name="Shape 394"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="396" name="Google Shape;396;p29"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="395" name="Google Shape;395;p29"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>28</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="397" name="Google Shape;397;p29" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="396" name="Google Shape;396;p29"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="398" name="Google Shape;398;p29" descr="Menu: Further Resources"/>
+          <p:cNvPr descr="Menu: Further Resources" id="397" name="Google Shape;397;p29"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="914400"/>
             <a:ext cx="1145155" cy="6074908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="399" name="Google Shape;399;p29"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="398" name="Google Shape;398;p29"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1145155" y="631259"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Further Resources</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="400" name="Google Shape;400;p29"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="399" name="Google Shape;399;p29"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="1782763"/>
             <a:ext cx="7596414" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="1" marL="685800" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>GLOBE Learning Activities</a:t>
             </a:r>
-            <a:endParaRPr u="sng" dirty="0">
+            <a:endParaRPr u="sng">
               <a:solidFill>
                 <a:schemeClr val="hlink"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
               <a:hlinkClick r:id="rId6"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
+            <a:pPr indent="-76200" lvl="1" marL="685800" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr u="sng" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr u="sng">
               <a:solidFill>
                 <a:schemeClr val="hlink"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
-              <a:hlinkClick r:id="rId6"/>
+              <a:hlinkClick r:id="rId7"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="1" marL="685800" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
-[...69 lines deleted...]
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId8"/>
               </a:rPr>
-              <a:t>link for finding suppliers of GLOBE instruments </a:t>
+              <a:t>MyNASA Data: NASA Weather and Climate</a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
+            <a:pPr indent="-76200" lvl="1" marL="685800" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="1" marL="685800" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Questions? </a:t>
+              <a:t>For information on purchasing GLOBE supplies go to: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId9"/>
               </a:rPr>
-              <a:t> GLOBE Website</a:t>
+              <a:t>link for finding suppliers of GLOBE instruments </a:t>
             </a:r>
-            <a:endParaRPr dirty="0">
+            <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-50800" algn="l" rtl="0">
+            <a:pPr indent="-76200" lvl="1" marL="685800" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-228600" lvl="1" marL="685800" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Questions? </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+                <a:hlinkClick r:id="rId10"/>
+              </a:rPr>
+              <a:t> GLOBE Website</a:t>
+            </a:r>
+            <a:endParaRPr>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-50800" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 104"/>
+        <p:cNvPr id="105" name="Shape 105"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="105" name="Google Shape;105;p3"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="106" name="Google Shape;106;p3"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>2</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="106" name="Google Shape;106;p3" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="107" name="Google Shape;107;p3"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="107" name="Google Shape;107;p3" descr="Menu: What is Air Temperature?"/>
+          <p:cNvPr descr="Menu: What is Air Temperature?" id="108" name="Google Shape;108;p3"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914401"/>
             <a:ext cx="1163488" cy="5943600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="108" name="Google Shape;108;p3"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="109" name="Google Shape;109;p3"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1579109" y="707231"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>The Atmosphere</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="109" name="Google Shape;109;p3"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="110" name="Google Shape;110;p3"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257301" y="1825624"/>
             <a:ext cx="4345214" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="383540" lvl="0" indent="-383540" algn="l" rtl="0">
+            <a:pPr indent="-383540" lvl="0" marL="383540" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Extremely thin blanket of air extending about 300 miles from Earth’s surface to edge of space</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="383540" lvl="0" indent="-383540" algn="l" rtl="0">
+            <a:pPr indent="-383540" lvl="0" marL="383540" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Protection from the blasts of radiation emanating from the Sun</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="383540" lvl="0" indent="-383540" algn="l" rtl="0">
+            <a:pPr indent="-383540" lvl="0" marL="383540" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2100"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2100">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Composed of gases such as nitrogen, oxygen, argon, etc. </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-50800" algn="l" rtl="0">
+            <a:pPr indent="-50800" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="110" name="Google Shape;110;p3" descr="Photo taken from an spacecraft above 200 miles above the Earth. https://www.grc.nasa.gov/WWW/K-12/airplane/atmosphere.html" title="Image shows thin layer of atmosphere hugging Earth surface">
+          <p:cNvPr descr="Photo taken from an spacecraft above 200 miles above the Earth. https://www.grc.nasa.gov/WWW/K-12/airplane/atmosphere.html" id="111" name="Google Shape;111;p3" title="Image shows thin layer of atmosphere hugging Earth surface">
             <a:hlinkClick r:id="rId5"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6" cstate="email">
+          <a:blip r:embed="rId6">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5560212" y="1825624"/>
             <a:ext cx="3242824" cy="2432118"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="111" name="Google Shape;111;p3"/>
+          <p:cNvPr id="112" name="Google Shape;112;p3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6795181" y="4359342"/>
             <a:ext cx="2670628" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1200"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr b="0" i="0" lang="en-US" sz="1200" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Image: NASA Goddard</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="112" name="Google Shape;112;p3" descr="http://www.globe.gov/do-globe/globe-teachers-guide/atmosphere">
+          <p:cNvPr descr="http://www.globe.gov/do-globe/globe-teachers-guide/atmosphere" id="113" name="Google Shape;113;p3">
             <a:hlinkClick r:id="rId7"/>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1872343" y="5976907"/>
             <a:ext cx="6612815" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" i="1">
+              <a:rPr b="1" i="1" lang="en-US" sz="2000" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Link to the GLOBE Teacher’s Guide Atmosphere Protocols</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 404"/>
+        <p:cNvPr id="403" name="Shape 403"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="405" name="Google Shape;405;p30"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="404" name="Google Shape;404;p30"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>29</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="406" name="Google Shape;406;p30" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="405" name="Google Shape;405;p30"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="407" name="Google Shape;407;p30" descr="Menu: Further resources"/>
+          <p:cNvPr descr="Menu: Further resources" id="406" name="Google Shape;406;p30"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="914400"/>
             <a:ext cx="1145155" cy="6074908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="408" name="Google Shape;408;p30"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="407" name="Google Shape;407;p30"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1145154" y="841287"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Please provide us with feedback about this module. This is a community project and we welcome your comments, suggestions and edits! </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
             </a:br>
             <a:br>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Questions? Contact </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" u="sng" dirty="0">
+              <a:rPr b="1" lang="en-US" sz="2000" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>help@nasaglobe.org</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" b="1" dirty="0">
+            <a:endParaRPr b="1" sz="2000">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="409" name="Google Shape;409;p30"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="408" name="Google Shape;408;p30"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1201227" y="2093736"/>
             <a:ext cx="7596414" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:rPr b="1" lang="en-US" sz="2400"/>
               <a:t>Credits: </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:rPr b="1" lang="en-US" sz="1400"/>
               <a:t>Power point Developers:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:rPr lang="en-US" sz="1400"/>
               <a:t>	</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:rPr lang="en-US" sz="1400"/>
               <a:t>Kevin Czajkowski</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:rPr lang="en-US" sz="1400"/>
               <a:t>Janet Struble</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:rPr lang="en-US" sz="1400"/>
               <a:t>Mikell Lynne Hedley</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:rPr lang="en-US" sz="1400"/>
               <a:t>Sara Mierzwiak </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:rPr b="1" lang="en-US" sz="1400"/>
               <a:t>Photos unless otherwise identified</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:rPr lang="en-US" sz="1400"/>
               <a:t>: </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:rPr lang="en-US" sz="1400"/>
               <a:t>Kevin Czajkowski</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" dirty="0"/>
+            <a:endParaRPr sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:rPr b="1" lang="en-US" sz="1400"/>
               <a:t>Modified by GLOBE Implementation Office – Science, Training, Education and Public Engagement</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="1" dirty="0"/>
+            <a:endParaRPr b="1" sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="1" dirty="0">
+              <a:rPr b="1" i="1" lang="en-US" sz="1400">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Version  11/12/25. If you edit and modify this slide set for use for educational purposes,  please note “modified by (and your name and date) “  on this page. Thank you.</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="1" dirty="0"/>
+            <a:endParaRPr b="1" sz="1400"/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr indent="-228600" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:rPr lang="en-US" sz="1800"/>
               <a:t>Funding Provided by NASA</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="410" name="Google Shape;410;p30" descr="Crest, University of Toledo"/>
+          <p:cNvPr descr="Crest, University of Toledo" id="409" name="Google Shape;409;p30"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6" cstate="email">
+          <a:blip r:embed="rId6">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1879872" y="5918484"/>
             <a:ext cx="746760" cy="802992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="411" name="Google Shape;411;p30" descr="NASA Logo"/>
+          <p:cNvPr descr="NASA Logo" id="410" name="Google Shape;410;p30"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId7" cstate="email">
+          <a:blip r:embed="rId7">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2920817" y="5957442"/>
             <a:ext cx="574177" cy="474499"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 117"/>
+        <p:cNvPr id="118" name="Shape 118"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="118" name="Google Shape;118;p4"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="119" name="Google Shape;119;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>3</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="119" name="Google Shape;119;p4" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="120" name="Google Shape;120;p4"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="120" name="Google Shape;120;p4" descr="Menu: What is Air Temperature?"/>
+          <p:cNvPr descr="Menu: What is Air Temperature?" id="121" name="Google Shape;121;p4"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1163488" cy="5943600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="121" name="Google Shape;121;p4"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="122" name="Google Shape;122;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1579109" y="707231"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Air Temperature</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122" name="Google Shape;122;p4"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="123" name="Google Shape;123;p4"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257301" y="1825624"/>
             <a:ext cx="4345214" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Measures the heat in the air</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Varies: warmest at the surface and decreases with height</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Impacts the types of plants and animals that live in a certain location</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Impacts soil formation</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-50800" algn="l" rtl="0">
+            <a:pPr indent="-50800" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="123" name="Google Shape;123;p4" descr="Atmosphere Protocols: Aerosols, Air Temperature (hyperlinked), Albedo, Barometric Pressure, Precipitation, Relative Humidity, Surface Ozone, Surface Temperature, Water Vapor, Wind"/>
+          <p:cNvPr descr="Atmosphere Protocols: Aerosols, Air Temperature (hyperlinked), Albedo, Barometric Pressure, Precipitation, Relative Humidity, Surface Ozone, Surface Temperature, Water Vapor, Wind" id="124" name="Google Shape;124;p4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5924323" y="1457892"/>
             <a:ext cx="2841172" cy="4262705"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="9525" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="9525">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Aerosols</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1" i="1" u="sng">
+              <a:rPr b="1" i="1" lang="en-US" sz="1800" u="sng" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId5">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      <ahyp:hlinkClr val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Air Temperature</a:t>
             </a:r>
-            <a:endParaRPr sz="1800" b="1" i="1">
+            <a:endParaRPr b="1" i="1" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="1E4E79"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Albedo</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Barometric Pressure</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Clouds</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Precipitation</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Relative Humidity</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Surface Ozone</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Surface Temperature</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Water Vapor</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Wind</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1800">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="124" name="Google Shape;124;p4" title="Air temperature is circled"/>
+          <p:cNvPr id="125" name="Google Shape;125;p4" title="Air temperature is circled"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6226629" y="1825624"/>
             <a:ext cx="2133600" cy="411856"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700" cap="flat" cmpd="sng">
+          <a:ln cap="flat" cmpd="sng" w="12700">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
-            <a:headEnd type="none" w="sm" len="sm"/>
-            <a:tailEnd type="none" w="sm" len="sm"/>
+            <a:headEnd len="sm" w="sm" type="none"/>
+            <a:tailEnd len="sm" w="sm" type="none"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1800">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 128"/>
+        <p:cNvPr id="129" name="Shape 129"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="129" name="Google Shape;129;p5"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="130" name="Google Shape;130;p5"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>4</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="130" name="Google Shape;130;p5" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="131" name="Google Shape;131;p5"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="131" name="Google Shape;131;p5" descr="menu: Why Collect Air Temperature?"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="menu: Why Collect Air Temperature?" id="132" name="Google Shape;132;p5"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1163486" cy="5943600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="132" name="Google Shape;132;p5"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="133" name="Google Shape;133;p5"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1163486" y="914400"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Recording air temperatures is important for many reasons:</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="133" name="Google Shape;133;p5"/>
+          <p:cNvPr id="134" name="Google Shape;134;p5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1643639" y="2084108"/>
             <a:ext cx="6926393" cy="4078340"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>To observe patterns in temperature change</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>To understand seasonal changes in Earth’s  air temperatures</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>To compare temperature changes from year to year</a:t>
             </a:r>
-            <a:endParaRPr sz="2400">
+            <a:endParaRPr b="0" i="0" sz="2400" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>To provide climate change models data to predict future conditions</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>To better understand Earth’s weather and changing climate over time</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 138"/>
+        <p:cNvPr id="139" name="Shape 139"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="139" name="Google Shape;139;p6"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="140" name="Google Shape;140;p6"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>5</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="140" name="Google Shape;140;p6" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="141" name="Google Shape;141;p6"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="141" name="Google Shape;141;p6" descr="Menu: Why collect temperature Data?"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: Why collect temperature Data?" id="142" name="Google Shape;142;p6"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="914400"/>
             <a:ext cx="1163486" cy="5943600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="142" name="Google Shape;142;p6"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="143" name="Google Shape;143;p6"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="653143"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Measuring Earth’s Temperature</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="143" name="Google Shape;143;p6"/>
+          <p:cNvPr id="144" name="Google Shape;144;p6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1603948" y="1813810"/>
             <a:ext cx="3972393" cy="4363153"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Satellites and radiosondes record Earth’s temperatures in the Troposphere and Stratosphere. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Radiosondes measure air temperature using thermometers carried aloft by balloons. </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" marR="0" lvl="0" indent="-285750" algn="l" rtl="0">
+            <a:pPr indent="-285750" lvl="0" marL="285750" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr b="0" i="0" lang="en-US" sz="2400" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Satellites measure the energy given off by the Earth’s atmosphere, from which scientists calculate the temperature.</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" marR="0" lvl="0" indent="-64135" algn="l" rtl="0">
+            <a:pPr indent="-64135" lvl="0" marL="228600" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2800">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="2800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="144" name="Google Shape;144;p6" descr="Image of radiosonde launched by balloon">
+          <p:cNvPr descr="Image of radiosonde launched by balloon" id="145" name="Google Shape;145;p6">
             <a:hlinkClick r:id="rId5"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6" cstate="email">
+          <a:blip r:embed="rId6">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5782476" y="1976883"/>
             <a:ext cx="2763572" cy="1556590"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="145" name="Google Shape;145;p6"/>
+          <p:cNvPr id="146" name="Google Shape;146;p6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5798915" y="3569254"/>
             <a:ext cx="2754775" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>NASA Radiosondes</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="146" name="Google Shape;146;p6" descr="Image of NOAA weather satellite">
+          <p:cNvPr descr="Image of NOAA weather satellite" id="147" name="Google Shape;147;p6">
             <a:hlinkClick r:id="rId7"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId8" cstate="email">
+          <a:blip r:embed="rId8">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5852148" y="4248712"/>
             <a:ext cx="2670034" cy="1503905"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="147" name="Google Shape;147;p6"/>
+          <p:cNvPr id="148" name="Google Shape;148;p6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5868365" y="5782576"/>
             <a:ext cx="2673751" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>NOAA weather satellite</a:t>
             </a:r>
-            <a:endParaRPr sz="1800" b="1">
+            <a:endParaRPr b="1" i="0" sz="1800" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 151"/>
+        <p:cNvPr id="152" name="Shape 152"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="152" name="Google Shape;152;p7"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="153" name="Google Shape;153;p7"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>6</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="153" name="Google Shape;153;p7" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="154" name="Google Shape;154;p7"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="154" name="Google Shape;154;p7" descr="Menu: How your measurements can help!"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr descr="Menu: How your measurements can help!" id="155" name="Google Shape;155;p7"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="914400"/>
             <a:ext cx="1147729" cy="5943600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="155" name="Google Shape;155;p7"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="156" name="Google Shape;156;p7"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1198878" y="1461625"/>
             <a:ext cx="7886700" cy="1325700"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="990"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2220" i="1" dirty="0">
+              <a:rPr i="1" lang="en-US" sz="2220">
                 <a:highlight>
                   <a:schemeClr val="lt1"/>
                 </a:highlight>
               </a:rPr>
               <a:t>Your observations are valuable contributions to the scientific community and may be used by educators, students, researchers, and the general public to increase environmental awareness and STEM literacy, as well as advance Earth system science.</a:t>
             </a:r>
-            <a:endParaRPr sz="2220" dirty="0"/>
+            <a:endParaRPr sz="2220"/>
           </a:p>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2880"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3080" dirty="0">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr sz="3080">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="156" name="Google Shape;156;p7"/>
+          <p:cNvPr id="157" name="Google Shape;157;p7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1250025" y="2956700"/>
             <a:ext cx="7784400" cy="4123200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-311150" algn="l" rtl="0">
+            <a:pPr indent="-311150" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2300"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300">
+              <a:rPr b="0" i="0" lang="en-US" sz="2300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Weather (the air temperature, rain, relative humidity, cloud conditions, atmospheric pressure)</a:t>
             </a:r>
-            <a:endParaRPr sz="2300">
+            <a:endParaRPr b="0" i="0" sz="2300" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...8 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2300"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2300">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="2300" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-311150" algn="l" rtl="0">
+            <a:pPr indent="-311150" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2300"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300">
+              <a:rPr b="0" i="0" lang="en-US" sz="2300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Climate (the average and extreme conditions of the atmosphere)</a:t>
             </a:r>
-            <a:endParaRPr sz="2300">
+            <a:endParaRPr b="0" i="0" sz="2300" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...8 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2300"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2300">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="2300" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-311150" algn="l" rtl="0">
+            <a:pPr indent="-311150" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2300"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300">
+              <a:rPr b="0" i="0" lang="en-US" sz="2300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Energy Budget (Land-Atmosphere interactions)</a:t>
             </a:r>
-            <a:endParaRPr sz="2300">
+            <a:endParaRPr b="0" i="0" sz="2300" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...8 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="457200" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="2300"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2300">
+            <a:r>
+              <a:t/>
+            </a:r>
+            <a:endParaRPr b="0" i="0" sz="2300" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" marR="0" lvl="0" indent="-311150" algn="l" rtl="0">
+            <a:pPr indent="-311150" lvl="0" marL="342900" marR="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2300"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300">
+              <a:rPr b="0" i="0" lang="en-US" sz="2300" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Atmospheric Composition (trace gases and particles in the air)</a:t>
             </a:r>
-            <a:endParaRPr sz="900"/>
+            <a:endParaRPr b="0" i="0" sz="900" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 161"/>
+        <p:cNvPr id="162" name="Shape 162"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="162" name="Google Shape;162;p8"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="163" name="Google Shape;163;p8"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>7</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="163" name="Google Shape;163;p8" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="164" name="Google Shape;164;p8"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="164" name="Google Shape;164;p8" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="165" name="Google Shape;165;p8"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-28644" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="165" name="Google Shape;165;p8"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="166" name="Google Shape;166;p8"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1147728" y="638629"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0">
+              <a:rPr lang="en-US" sz="2800">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>What I Need to Collect Air Temperature Data </a:t>
             </a:r>
-            <a:endParaRPr sz="2800" dirty="0"/>
+            <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="166" name="Google Shape;166;p8" descr="nstruments&#10;Max/Min digital thermometer&#10;Data Sheet&#10;Atmosphere Investigation Data Sheet &#10;When&#10;Good:  Any time&#10;Better: Within one hour of local solar noon&#10;Best: Within +/- 15 minutes of a satellite overpass&#10;Where&#10;Instrument Shelter(See Documenting your atmosphere study site)&#10;Other&#10;Log book for data collection; Computer with internet connection to enter data&#10;"/>
+          <p:cNvPr descr="nstruments&#10;Max/Min digital thermometer&#10;Data Sheet&#10;Atmosphere Investigation Data Sheet &#10;When&#10;Good:  Any time&#10;Better: Within one hour of local solar noon&#10;Best: Within +/- 15 minutes of a satellite overpass&#10;Where&#10;Instrument Shelter(See Documenting your atmosphere study site)&#10;Other&#10;Log book for data collection; Computer with internet connection to enter data&#10;" id="167" name="Google Shape;167;p8"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1519241" y="1834353"/>
-          <a:ext cx="5186600" cy="4103735"/>
+          <a:ext cx="3000000" cy="3000000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
-              <a:tblPr firstRow="1" bandRow="1">
+              <a:tblPr bandRow="1" firstRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{1712015E-821C-4A7A-BB22-795E322555C7}</a:tableStyleId>
+                <a:tableStyleId>{657A31AF-764E-4C3E-A91A-6AB1B4CB429E}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1438100">
-[...12 lines deleted...]
-                </a:gridCol>
+                <a:gridCol w="1438100"/>
+                <a:gridCol w="3748500"/>
               </a:tblGrid>
               <a:tr h="640075">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Instruments</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr sz="1400" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Max/Min Digital Thermometer or Alcohol-filled Thermometer*</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr sz="1400" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="745825">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Data Sheet</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr sz="1400" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1800"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr i="1" lang="en-US" sz="1800" u="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="hlink"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                          <a:hlinkClick r:id="rId5"/>
+                        </a:rPr>
+                        <a:t>Air Temperature </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr i="1" lang="en-US" sz="1800" u="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="hlink"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                          <a:hlinkClick r:id="rId6"/>
+                        </a:rPr>
+                        <a:t>Data Sheet</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr i="1" lang="en-US" sz="1800">
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t> or</a:t>
+                      </a:r>
+                      <a:endParaRPr i="1" sz="1800">
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr i="1" lang="en-US" sz="1800" u="sng" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="hlink"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId5"/>
+                          <a:hlinkClick r:id="rId7"/>
                         </a:rPr>
-                        <a:t>Atmosphere Investigation Data Sheet </a:t>
+                        <a:t>Atmosphere </a:t>
                       </a:r>
-                      <a:endParaRPr sz="1800" i="1" u="none" strike="noStrike" cap="none" dirty="0"/>
+                      <a:r>
+                        <a:rPr i="1" lang="en-US" sz="1800" u="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="hlink"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                          <a:hlinkClick r:id="rId8"/>
+                        </a:rPr>
+                        <a:t>All Protocols</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr i="1" lang="en-US" sz="1800" u="sng" cap="none" strike="noStrike">
+                          <a:solidFill>
+                            <a:schemeClr val="hlink"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                          <a:hlinkClick r:id="rId9"/>
+                        </a:rPr>
+                        <a:t> Data Sheet </a:t>
+                      </a:r>
+                      <a:endParaRPr i="1" sz="1800" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="889000">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>When</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr sz="1400" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Preferably within one hour of </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="sng" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId6">
+                          <a:hlinkClick r:id="rId10">
                             <a:extLst>
                               <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                                <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                                <ahyp:hlinkClr val="tx"/>
                               </a:ext>
                             </a:extLst>
                           </a:hlinkClick>
                         </a:rPr>
                         <a:t>local solar noon</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>; </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>OK at other times.</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr sz="1400" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="914400">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Where</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr sz="1400" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Instrument Shelter (See </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="sng" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId7">
+                          <a:hlinkClick r:id="rId11">
                             <a:extLst>
                               <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
-                                <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                                <ahyp:hlinkClr val="tx"/>
                               </a:ext>
                             </a:extLst>
                           </a:hlinkClick>
                         </a:rPr>
                         <a:t>Documenting your atmosphere study site)</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr b="0" i="1" sz="1800" u="none" cap="none" strike="noStrike">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial"/>
                         <a:ea typeface="Arial"/>
                         <a:cs typeface="Arial"/>
                         <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
               <a:tr h="914400">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
+                        <a:rPr b="0" i="1" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Other</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr sz="1400" u="none" cap="none" strike="noStrike"/>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="1800"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
-                      <a:endParaRPr sz="1800" i="1">
+                      <a:r>
+                        <a:t/>
+                      </a:r>
+                      <a:endParaRPr i="1" sz="1800" u="none" cap="none" strike="noStrike">
                         <a:latin typeface="Arial"/>
                         <a:ea typeface="Arial"/>
                         <a:cs typeface="Arial"/>
                         <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                      <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
+                        <a:buClr>
+                          <a:srgbClr val="000000"/>
+                        </a:buClr>
+                        <a:buSzPts val="1800"/>
+                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" i="0" dirty="0">
+                        <a:rPr i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Log book for data collection; Computer with internet connection to enter data.</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1800" i="0" dirty="0">
+                      <a:endParaRPr i="0" sz="1800" u="none" cap="none" strike="noStrike">
                         <a:latin typeface="Arial"/>
                         <a:ea typeface="Arial"/>
                         <a:cs typeface="Arial"/>
                         <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
-                    <a:lnL w="12700" cap="flat" cmpd="sng">
+                  <a:tcPr marT="45725" marB="45725" marR="91450" marL="91450" anchor="ctr">
+                    <a:lnL cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnL>
-                    <a:lnR w="12700" cap="flat" cmpd="sng">
+                    <a:lnR cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnR>
-                    <a:lnT w="12700" cap="flat" cmpd="sng">
+                    <a:lnT cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnT>
-                    <a:lnB w="12700" cap="flat" cmpd="sng">
+                    <a:lnB cap="flat" cmpd="sng" w="12700">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
-                      <a:headEnd type="none" w="sm" len="sm"/>
-                      <a:tailEnd type="none" w="sm" len="sm"/>
+                      <a:headEnd len="sm" w="sm" type="none"/>
+                      <a:tailEnd len="sm" w="sm" type="none"/>
                     </a:lnB>
+                    <a:noFill/>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...3 lines deleted...]
-                </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="167" name="Google Shape;167;p8" descr="*Use only when air temperature is needed to support other protocols. &#10;"/>
+          <p:cNvPr descr="*Use only when air temperature is needed to support other protocols. &#10;" id="168" name="Google Shape;168;p8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1519241" y="5938047"/>
             <a:ext cx="7045377" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:rPr b="1" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>*Use only for current air temperature</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="168" name="Google Shape;168;p8" descr="Image of digital thermometer">
-            <a:hlinkClick r:id="rId8"/>
+          <p:cNvPr descr="Image of digital thermometer" id="169" name="Google Shape;169;p8">
+            <a:hlinkClick r:id="rId12"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId9" cstate="email">
+          <a:blip r:embed="rId13">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7043917" y="2068641"/>
             <a:ext cx="1918743" cy="1918743"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="169" name="Google Shape;169;p8"/>
+          <p:cNvPr id="170" name="Google Shape;170;p8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7150308" y="4152275"/>
             <a:ext cx="1629576" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Digital Thermometer</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr b="0" i="0" lang="en-US" sz="1800" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>            </a:t>
             </a:r>
-            <a:endParaRPr sz="1000">
+            <a:endParaRPr b="0" i="0" sz="1000" u="none" cap="none" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 173"/>
+        <p:cNvPr id="174" name="Shape 174"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="174" name="Google Shape;174;p9"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="175" name="Google Shape;175;p9"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="sldNum" idx="12"/>
+            <p:ph idx="12" type="sldNum"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1200"/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>8</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="175" name="Google Shape;175;p9" descr="Banner Air Temperature Protocol"/>
+          <p:cNvPr descr="Banner Air Temperature Protocol" id="176" name="Google Shape;176;p9"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="email">
+          <a:blip r:embed="rId3">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="176" name="Google Shape;176;p9" descr="Menu: How to collect your data"/>
+          <p:cNvPr descr="Menu: How to collect your data" id="177" name="Google Shape;177;p9"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="email">
+          <a:blip r:embed="rId4">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-28644" y="899885"/>
             <a:ext cx="1176372" cy="6091929"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="177" name="Google Shape;177;p9"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="178" name="Google Shape;178;p9"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1147728" y="638629"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="ctr" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+            <a:pPr indent="0" lvl="0" marL="0" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Instrument Shelter</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="178" name="Google Shape;178;p9"/>
-[...2 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="179" name="Google Shape;179;p9"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1" type="body"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1543987" y="1828800"/>
             <a:ext cx="4032354" cy="4422097"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Your digital thermometer is mounted to the rear wall of the instrument shelter.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Your shelter should be located in an open area without obstructions such as trees or buildings and within walking distance.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="274320" lvl="0" indent="-274320" algn="l" rtl="0">
+            <a:pPr indent="-274320" lvl="0" marL="274320" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Your instrument shelter should be clean both inside and out.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-50800" algn="l" rtl="0">
+            <a:pPr indent="-50800" lvl="0" marL="228600" rtl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:t/>
+            </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="179" name="Google Shape;179;p9" descr="Photo of 3 students looking inside their instrument shelter and reading the max/min digital thermometer"/>
+          <p:cNvPr descr="Photo of 3 students looking inside their instrument shelter and reading the max/min digital thermometer" id="180" name="Google Shape;180;p9"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5" cstate="email">
+          <a:blip r:embed="rId5">
             <a:alphaModFix/>
-            <a:extLst>
-[...3 lines deleted...]
-            </a:extLst>
           </a:blip>
-          <a:srcRect/>
+          <a:srcRect b="0" l="0" r="0" t="0"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6000481" y="1891230"/>
             <a:ext cx="2469248" cy="3397948"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="180" name="Google Shape;180;p9"/>
+          <p:cNvPr id="181" name="Google Shape;181;p9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5884554" y="5397092"/>
             <a:ext cx="2645479" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr anchorCtr="0" anchor="t" bIns="45700" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr indent="0" lvl="0" marL="0" marR="0" rtl="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr b="1" i="0" lang="en-US" sz="1600" u="none" cap="none" strike="noStrike">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Installed Instrument Shelter</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr b="0" i="0" sz="1400" u="none" cap="none" strike="noStrike">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office Theme">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -32617,398 +35087,34 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
-</file>
-[...357 lines deleted...]
-</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>rusty low</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...2 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>