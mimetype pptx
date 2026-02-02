--- v0 (2026-01-13)
+++ v1 (2026-02-02)
@@ -659,60 +659,60 @@
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15611"/>
-    <p:restoredTop sz="94726"/>
+    <p:restoredTop sz="94663"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="120" d="100"/>
-          <a:sy n="120" d="100"/>
+          <a:sx n="117" d="100"/>
+          <a:sy n="117" d="100"/>
         </p:scale>
-        <p:origin x="1944" y="184"/>
+        <p:origin x="1672" y="176"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -16361,75 +16361,75 @@
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/search-results?p_p_auth=U5COsYBF&amp;p_p_id=15&amp;p_p_lifecycle=0&amp;p_p_state=maximized&amp;p_p_mode=view&amp;_15_struts_action=/journal/view_article&amp;_15_groupId=10157&amp;_15_articleId=2514809&amp;_15_version=1.4" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/search-results?p_p_auth=U5COsYBF&amp;p_p_id=15&amp;p_p_lifecycle=0&amp;p_p_state=maximized&amp;p_p_mode=view&amp;_15_struts_action=/journal/view_article&amp;_15_groupId=10157&amp;_15_articleId=2514809&amp;_15_version=1.4" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/91cbe26a-890d-53de-087e-f3b57522715f" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj66-i9mdzJAhXETCYKHaE_C6EQjRwIBw&amp;url=http://blog.acton.org/archives/75418-cant-settled-science-based-unsettled-data.html&amp;psig=AFQjCNH7LNfFyO7-8Nd5HDyifapL90wsRw&amp;ust=1450211635118112" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/10157/2209c9c4-96d7-46fe-acdd-eba84b73e5df" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/91cbe26a-890d-53de-087e-f3b57522715f" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/97b9939c-7fb5-4b12-8113-59f988781bf5" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.globe.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/globe-data/data-entry/globe-observer" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/></Relationships>
 </file>
@@ -16465,55 +16465,55 @@
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/do-globe/resources/globe-equipment" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/basic-page/about-atmosphere-background-information" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/weather-and-climate/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/65d837c0-2487-47dc-a789-06f57de1c45e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@globe.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/web/north-america/resources/globe-equipment-suppliers" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/do-globe/resources/globe-equipment" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/basic-page/about-atmosphere-background-information" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/weather-and-climate/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@globe.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/65d837c0-2487-47dc-a789-06f57de1c45e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nasawavelength.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/web/north-america/resources/globe-equipment-suppliers" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide36.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/1nF4DOebsUPFN2I3Sl73HZkrN_BzFnjAgCBdAQAt_E0I/viewform?c=0&amp;w=1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pmm.nasa.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=7UT8B3Ix-HU&amp;feature=youtu.be" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/do-globe/globe-teachers-guide/atmosphere?p_p_id=globegovteacherguideportlet_WAR_globegovcmsportlet_INSTANCE_2Tcr&amp;p_p_lifecycle=0&amp;p_p_state=normal&amp;p_p_mode=view&amp;p_p_col_id=column-1&amp;p_p_col_count=1&amp;_globegovteacherguideportlet_W" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/97b9939c-7fb5-4b12-8113-59f988781bf5" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifyouonlynews.com/wp-content/uploads/2015/04/United-State-Drought-Map-1024x791.png" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nasa.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
 </file>
@@ -17167,51 +17167,51 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="184" name="Google Shape;184;p10" descr="Menu Bar:  How to Collect your Data" title="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="184" name="Google Shape;184;p10" descr="Menu Bar:  How to Collect your Data&#10;"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -17262,51 +17262,51 @@
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What I Need to Collect Rain Data </a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="186" name="Google Shape;186;p10" descr="Instruments:&#10;Large Capacity Metric Rain Gauge, Post for the Rain Gauge (0.6 m with angled top in open area; 1.5 m with angled top in developed area)&#10;Data Sheet:&#10;Atmosphere Investigation Data Sheet &#10;When:&#10;Good:  Any time&#10;Better: Within one hour of local solar noon&#10;Best: Within +/- 15 minutes of a satellite overpass&#10;Where:&#10;A good observation site (See Documenting your atmosphere study site)&#10;Other:&#10;Log book for data collection; Computer with internet connection to enter data&#10;" title="Table with logistical information, Precipitation Protocol"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1777279844"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="372790330"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1649185" y="1840734"/>
           <a:ext cx="6673700" cy="4038765"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{B9CB1BEC-B8C5-4D4E-ACA3-4C796351F1F6}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1440900">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="5232800">
                   <a:extLst>
@@ -17553,61 +17553,86 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                          <a:hlinkClick r:id="rId5"/>
+                        </a:rPr>
+                        <a:t>Liquid Precipitation Data Sheet </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>or </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="en-US" sz="1800" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="hlink"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId5"/>
+                          <a:hlinkClick r:id="rId6"/>
                         </a:rPr>
-                        <a:t>Atmosphere Investigation Integrated 1-Day Data Sheet </a:t>
+                        <a:t>Atmosphere All Protocols Data Sheet</a:t>
                       </a:r>
                       <a:endParaRPr sz="1800" i="1" u="none" strike="noStrike" cap="none" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
@@ -17713,105 +17738,105 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Preferably within one hour of </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId6">
+                          <a:hlinkClick r:id="rId7">
                             <a:extLst>
                               <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                                 <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                               </a:ext>
                             </a:extLst>
                           </a:hlinkClick>
                         </a:rPr>
                         <a:t>local solar noon</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>; </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>OK at other times</a:t>
                       </a:r>
-                      <a:endParaRPr/>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -17915,102 +17940,81 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>A good observation site (See </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                            </a:schemeClr>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId7">
+                          <a:hlinkClick r:id="rId8">
                             <a:extLst>
                               <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                                 <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                               </a:ext>
                             </a:extLst>
                           </a:hlinkClick>
                         </a:rPr>
-                        <a:t>Documenting your atmosphere study site</a:t>
+                        <a:t>Documenting your atmosphere study site)</a:t>
                       </a:r>
-                      <a:r>
-[...18 lines deleted...]
-                      <a:endParaRPr sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial"/>
                         <a:ea typeface="Arial"/>
                         <a:cs typeface="Arial"/>
                         <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -18301,51 +18305,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="193" name="Google Shape;193;p11" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="193" name="Google Shape;193;p11">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -18547,51 +18557,51 @@
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Make sure the gauge top is 10 cm higher than the top of the mounting post.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:ea typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
-              <a:t>The recommended height for the gauge is typically between 60 and 150 cm (2 and 5 feet) above ground level.</a:t>
+              <a:t>The recommended height for the gauge is typically between 2 and 5 feet above ground level.</a:t>
             </a:r>
             <a:endParaRPr sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="196" name="Google Shape;196;p11" descr="Raingauge Rainbow Close-up.jpg" title="Raingauge photo, with rainbow in background"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -18772,51 +18782,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="205" name="Google Shape;205;p12" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="205" name="Google Shape;205;p12">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -19236,51 +19252,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="218" name="Google Shape;218;p13" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="218" name="Google Shape;218;p13">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -20045,51 +20067,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="229" name="Google Shape;229;p14" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="229" name="Google Shape;229;p14">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -20493,51 +20521,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="240" name="Google Shape;240;p15" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="240" name="Google Shape;240;p15">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -20917,51 +20951,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="251" name="Google Shape;251;p16" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="251" name="Google Shape;251;p16">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -21012,51 +21052,51 @@
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" b="1">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What I need to Collect pH Data</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="253" name="Google Shape;253;p16" descr="Materials&#10;Snow Board*, meter stick, straight sided container, overflow tube from your rain gauge, 2 clean sampling jars with covers, a container for the snowpack rain equivalent sample, something flat and clean to slide under inverted containers, labels for snow sample&#10;Data Sheet&#10;Atmosphere Investigation Data Sheet &#10;When&#10;Good:  Any time&#10;Better: Within one hour of local solar noon&#10;Best: Within +/- 15 minutes of a satellite overpass&#10;Where&#10;A good observation site (See Documenting your atmosphere study site)&#10;Other&#10;Log book for data collection; Computer with internet connection to enter data&#10;" title="Table showing logistical information for the Precipitation Protocol"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="581779640"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3426957109"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1420585" y="1619447"/>
           <a:ext cx="6778525" cy="4405815"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:noFill/>
                 <a:tableStyleId>{B9CB1BEC-B8C5-4D4E-ACA3-4C796351F1F6}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1514350">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="5264175">
                   <a:extLst>
@@ -21316,51 +21356,93 @@
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" i="1" u="sng" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="hlink"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                           <a:hlinkClick r:id="rId5"/>
                         </a:rPr>
-                        <a:t>Atmosphere Integrated 1-Day Data Sheet. </a:t>
+                        <a:t>Liquid Precipitation Data Sheet</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1800" i="1" u="sng" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="hlink"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
+                        <a:hlinkClick r:id="rId6"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1800"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1800" i="1" u="sng" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="hlink"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                          <a:hlinkClick r:id="rId6"/>
+                        </a:rPr>
+                        <a:t>Atmosphere All Protocols Data Sheet. </a:t>
                       </a:r>
                       <a:endParaRPr sz="1800" i="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
@@ -21466,62 +21548,62 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>After observing snow or rain.</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial"/>
                         <a:ea typeface="Arial"/>
                         <a:cs typeface="Arial"/>
                         <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -21633,114 +21715,93 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>A good observation site (See </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                            </a:schemeClr>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId6">
+                          <a:hlinkClick r:id="rId7">
                             <a:extLst>
                               <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                                 <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                               </a:ext>
                             </a:extLst>
                           </a:hlinkClick>
                         </a:rPr>
-                        <a:t>Documenting your atmosphere study site</a:t>
+                        <a:t>Documenting your atmosphere study site)</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
-[...18 lines deleted...]
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr dirty="0"/>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -22023,69 +22084,75 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="260" name="Google Shape;260;p17" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="260" name="Google Shape;260;p17">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="802608"/>
+            <a:off x="-1" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="261" name="Google Shape;261;p17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1221585" y="486085"/>
             <a:ext cx="7886700" cy="1325563"/>
@@ -22152,51 +22219,51 @@
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="2000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1700" dirty="0"/>
-              <a:t>Most precipitation has low conductivity and pH paper does not perform well for low conductivity samples. Adding salt crystals to the rain water will increase the conductivity to an appropriate level. You can use either large salt crystals (0.5 mm to 2.0 mm in diameter) or finely ground table salt (with crystals less than 0.5 mm in diameter). </a:t>
+              <a:t>Most precipitation has low conductivity and pH paper does not perform well for low conductivity samples. Adding salt crystals to the rainwater will increase the conductivity to an appropriate level. You can use either large salt crystals (0.5 mm to 2.0 mm in diameter) or finely ground table salt (with crystals less than 0.5 mm in diameter). </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" indent="-457200">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1700" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr indent="-457200">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="2000"/>
@@ -22386,51 +22453,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="270" name="Google Shape;270;p18" descr="Menu Bar:  How to Collect your Data"/>
+          <p:cNvPr id="270" name="Google Shape;270;p18">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -22657,51 +22730,51 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="98" name="Google Shape;98;p2" descr="Menu Bar:  What is Rain?" title="Menu Bar:  What is Rain?"/>
+          <p:cNvPr id="98" name="Google Shape;98;p2" descr="Menu Bar:  What is Rain?&#10;"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185863" cy="6089207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -23308,54 +23381,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="270" name="Google Shape;270;p18" descr="Menu Bar:  How to Collect your Data">
+          <p:cNvPr id="270" name="Google Shape;270;p18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1698E0F6-C3B4-6781-7F68-82B3A59DC66A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185871" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -24633,51 +24709,51 @@
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="3" name="Straight Connector 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60578A3F-68D5-DA6C-B9EF-83FC1BFF9F54}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="687413" y="1695747"/>
+            <a:off x="644339" y="2152381"/>
             <a:ext cx="8780095" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="277" name="Google Shape;277;p19">
             <a:extLst>
@@ -24747,101 +24823,104 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="279" name="Google Shape;279;p19" descr="Menu bar: How to report data to GLOBE">
+          <p:cNvPr id="279" name="Google Shape;279;p19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A8DAAC0-DDA9-82A9-D3A8-351E627F929C}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Google Shape;596;p55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95242CE3-C811-ED30-2CAF-C287AB0D937D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1274373" y="1027849"/>
+            <a:off x="1231299" y="1484483"/>
             <a:ext cx="7766406" cy="584735"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -24884,83 +24963,83 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18D60064-BC8C-86D9-6309-D519A1E49E53}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect b="6572"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2113568" y="2565883"/>
+            <a:off x="2106795" y="2868353"/>
             <a:ext cx="1938284" cy="3679727"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Google Shape;596;p55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD9A8D31-8DBA-4B54-7973-4C0CCA18233E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2113568" y="2090363"/>
+            <a:off x="2106795" y="2392833"/>
             <a:ext cx="8780095" cy="338514"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -25003,83 +25082,83 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{944FD79B-FC2F-511B-5473-EBD17EAB6945}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="5930894" y="2438408"/>
+            <a:off x="5924121" y="2740878"/>
             <a:ext cx="2057400" cy="3886201"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Google Shape;596;p55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD4F17E4-B929-D832-E8AC-D78D62690ECD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5638101" y="2080832"/>
+            <a:off x="5631328" y="2383302"/>
             <a:ext cx="2858199" cy="338514"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -25090,50 +25169,339 @@
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>2. Click "Create/Edit My Sites" </a:t>
             </a:r>
             <a:endParaRPr sz="1600" i="0" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;447;p32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2C6C017-4ACB-A6EE-A9A9-7AFDB5251AB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1171152" y="864626"/>
+            <a:ext cx="7886700" cy="662782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
+              <a:t>Entering Precipitation Data – Step 1&amp;2</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1481204165"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 276">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB90EF04-5993-8816-361B-CB57EBAF8CC1}"/>
@@ -25221,101 +25589,104 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="279" name="Google Shape;279;p19" descr="Menu bar: How to report data to GLOBE">
+          <p:cNvPr id="279" name="Google Shape;279;p19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64ACDEDB-CA8B-D18B-A6AB-B1E426F908D4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA8A7515-86E7-FB92-6C2D-DE36C96CE87F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2023832" y="1002268"/>
+            <a:off x="1959181" y="1484653"/>
             <a:ext cx="6033247" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0">
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:rPr>
@@ -25366,58 +25737,347 @@
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69EB2423-18E4-4E96-4192-90F4BCA399A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:srcRect b="5884"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3740826" y="1525488"/>
+            <a:off x="3734053" y="2027137"/>
             <a:ext cx="2483504" cy="4830863"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;447;p32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EFCBCCC-B9A4-EBB6-4088-F4872459085F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1214226" y="802608"/>
+            <a:ext cx="7886700" cy="662782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
+              <a:t>Entering Precipitation Data – Step 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3483522734"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 276">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04703D66-4B11-D1DC-F14E-ED7CCA6E6347}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -25502,101 +26162,104 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="279" name="Google Shape;279;p19" descr="Menu bar: How to report data to GLOBE">
+          <p:cNvPr id="279" name="Google Shape;279;p19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FDE491D-C39C-1CBB-5316-084D21A790EA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Google Shape;279;p18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7BB6BD2-11AA-3501-4977-C7146893D03A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1329452" y="993042"/>
+            <a:off x="1323769" y="1612926"/>
             <a:ext cx="7581465" cy="1123870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -25687,68 +26350,357 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C92F07-7712-9B4A-3647-CBFC566CEB6B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect b="3218"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3779301" y="1786764"/>
-            <a:ext cx="2599499" cy="4752149"/>
+            <a:off x="3807137" y="2337726"/>
+            <a:ext cx="2397979" cy="4383750"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;447;p32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{076856E8-1A7C-F51D-425D-40BA5DE94819}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1557232" y="981153"/>
+            <a:ext cx="7886700" cy="662782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
+              <a:t>Entering Precipitation Data – Step 4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="708741921"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 276">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46EB08A2-0B96-F951-4976-D8C522970A76}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -25764,52 +26716,52 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9" descr="A screenshot of a phone&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E853773-3D6A-60CE-D9EA-E86BB5B68597}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:srcRect t="5823" b="11703"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3511047" y="1832798"/>
-            <a:ext cx="2632071" cy="4706115"/>
+            <a:off x="3511047" y="2341224"/>
+            <a:ext cx="2347715" cy="4197689"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="277" name="Google Shape;277;p19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{785991D1-3763-DCCB-8795-AF44D368F571}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
@@ -25864,101 +26816,104 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="279" name="Google Shape;279;p19" descr="Menu bar: How to report data to GLOBE">
+          <p:cNvPr id="279" name="Google Shape;279;p19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B95A8AD1-7290-79EF-E58D-7AB569C821C4}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B531B7A-B52D-FF53-1FA1-D7D373A4044B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1748118" y="1085939"/>
+            <a:off x="1650869" y="1508786"/>
             <a:ext cx="7013413" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
@@ -26102,51 +27057,51 @@
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17F0B2D9-9749-86B6-016C-7E00685D80A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3868070" y="5882003"/>
+            <a:off x="3709095" y="5868457"/>
             <a:ext cx="1990692" cy="576682"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
@@ -26157,89 +27112,88 @@
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="6" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6F2FD34-7D4B-587A-35B6-740884EFD748}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
-            <a:endCxn id="5" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3511047" y="5403541"/>
+            <a:off x="3186770" y="5430459"/>
             <a:ext cx="648553" cy="562915"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="stealth" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC9F6E5-6F81-15C0-C091-FDD834315F62}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3547360" y="3919584"/>
+            <a:off x="3559040" y="4178612"/>
             <a:ext cx="1024640" cy="329549"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
@@ -26256,68 +27210,357 @@
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="8" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE203846-2700-113B-B3DF-A94C2BE6650B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
             <a:endCxn id="7" idx="1"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2873017" y="3465669"/>
+            <a:off x="2884697" y="3724697"/>
             <a:ext cx="824398" cy="502176"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="stealth" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;447;p32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E4798AA-E76F-6A0E-4BED-9D2218FE0AAC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1536912" y="909215"/>
+            <a:ext cx="7886700" cy="662782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
+              <a:t>Entering Precipitation Data – Step 5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4107554831"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 276">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E6A1FFA-25EA-F15A-74CB-07E321520E5B}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -26402,142 +27645,153 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="279" name="Google Shape;279;p19" descr="Menu bar: How to report data to GLOBE">
+          <p:cNvPr id="279" name="Google Shape;279;p19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2ABA4DD-C928-99B2-8E9A-B1410B3C342A}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91AE4672-8AA5-7DE3-944C-EE47F7B51AAF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2635425" y="1236322"/>
+            <a:off x="2554145" y="1568215"/>
             <a:ext cx="7013413" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>5. Select the number of days </a:t>
+              <a:t>. Select the number of days </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>of rainfall accumulation.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
@@ -26581,58 +27835,347 @@
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10" descr="A screenshot of a phone&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FB48989-D898-E164-4283-421AADB8E79A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:srcRect b="7315"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5447306" y="1977813"/>
+            <a:off x="5447306" y="2099733"/>
             <a:ext cx="2351461" cy="4324351"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;447;p32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FEEB17E-F362-5595-38EE-CF605029758B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1354032" y="904429"/>
+            <a:ext cx="7886700" cy="662782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
+              <a:t>Entering Precipitation Data – Step 6</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="317516220"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 276">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2DDB0D4-EBA1-F50B-91D0-967B1464341B}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
@@ -26717,142 +28260,145 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="279" name="Google Shape;279;p19" descr="Menu bar: How to report data to GLOBE">
+          <p:cNvPr id="279" name="Google Shape;279;p19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC2A91E8-FEBF-AA51-D1E9-814738F4CD65}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D5C46E0-9007-23F7-8AA7-EAF1D86163AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1650869" y="1011432"/>
+            <a:off x="1650869" y="1438152"/>
             <a:ext cx="7013413" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>5. Enter the accumulation (measurable, trace, or missing) and if measurable, the amount of rainfall in millimeters. If pH is measured, select pH paper or pH meter and enter the measured </a:t>
+              <a:t>7. Enter the accumulation (measurable, trace, or missing) and if measurable, the amount of rainfall in millimeters. If pH is measured, select pH paper or pH meter and enter the measured </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>pH.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> Document site conditions, timing, and any other information about the site or precipitation measurement clearly using the “</a:t>
             </a:r>
@@ -26893,89 +28439,378 @@
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Picture 12" descr="A screenshot of a phone&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBCB061E-9CC5-80E5-E039-838BD6D2BA8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:srcRect t="5926" b="5777"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2428327" y="2174363"/>
-            <a:ext cx="2256323" cy="4319100"/>
+            <a:off x="2360594" y="2783157"/>
+            <a:ext cx="2057401" cy="3938319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Picture 14" descr="A screenshot of a phone&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D4F6041-ED06-C2EC-6437-DF7F461A98E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:srcRect b="6079"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5348559" y="2174364"/>
-            <a:ext cx="2325628" cy="4309754"/>
+            <a:off x="5280826" y="2782334"/>
+            <a:ext cx="2120596" cy="3929797"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;447;p32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC3E5446-E73E-CA85-E190-7B91052CC23E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1584326" y="802608"/>
+            <a:ext cx="7886700" cy="662782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:buSzPct val="100000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
+              <a:t>Entering Precipitation Data – Step 7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3847409948"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 343"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -27090,51 +28925,51 @@
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Google Shape;367;p37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65140B08-DF3D-B823-21E8-38C5E65E9F05}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="968691" y="972298"/>
+            <a:off x="968691" y="918114"/>
             <a:ext cx="7734357" cy="685800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -27539,51 +29374,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="356" name="Google Shape;356;p27" descr="Menu bar:  Understand the Data"/>
+          <p:cNvPr id="356" name="Google Shape;356;p27">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1179278" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -27661,51 +29502,51 @@
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200" b="1" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Visualize and Retrieve Data</a:t>
+              <a:t>Visualize and Retrieve Data – 2 </a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Google Shape;368;p37">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{761EA1D2-9C3C-A565-5CA7-8E139147D87B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1230417" y="1721224"/>
             <a:ext cx="7692902" cy="4572000"/>
@@ -27941,54 +29782,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="98" name="Google Shape;98;p2" descr="Menu Bar:  What is Rain?" title="Menu Bar:  What is Rain?">
+          <p:cNvPr id="98" name="Google Shape;98;p2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9689140B-F669-BF01-60B7-D878EE85DBC7}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185863" cy="6089207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -28456,51 +30300,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="368" name="Google Shape;368;p28" descr="Menu bar:  Understand the Data"/>
+          <p:cNvPr id="368" name="Google Shape;368;p28">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1179278" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -29555,51 +31405,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="395" name="Google Shape;395;p31" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="395" name="Google Shape;395;p31">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -29820,51 +31676,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="405" name="Google Shape;405;p32" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="405" name="Google Shape;405;p32">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -30153,51 +32015,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="414" name="Google Shape;414;p33" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="414" name="Google Shape;414;p33">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="-1" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -30283,256 +32151,307 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>GLOBE Learning Activities</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr u="sng" dirty="0">
+            <a:endParaRPr u="sng">
               <a:solidFill>
                 <a:schemeClr val="hlink"/>
               </a:solidFill>
               <a:hlinkClick r:id="rId6"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>My NASA Data activities Weather and Climate</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId8"/>
               </a:rPr>
               <a:t>Information on purchasing GLOBE supplies</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId9"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
+              <a:t>NASA Wavelength-  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>NASA’s Digital Library of Earth and Space Education Resources</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="685800" lvl="1" indent="-228600" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Questions about this module? Contact GLOBE:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId11"/>
+              </a:rPr>
               <a:t>help@nasaglobe.org</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="1" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 420"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -30597,51 +32516,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="423" name="Google Shape;423;p34" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="423" name="Google Shape;423;p34">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1171153" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -30674,82 +32599,104 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0">
+              <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Please provide us with feedback about this module. This is a community project and we welcome your comments, suggestions and edits! </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2000">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
             </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Comment here:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>eTraining Feedback </a:t>
+            </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000"/>
             </a:br>
             <a:br>
-              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:rPr lang="en-US" sz="3200"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+              <a:rPr lang="en-US" sz="2000" b="1">
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Credits</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" b="1" dirty="0">
+            <a:endParaRPr sz="2000" b="1">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="425" name="Google Shape;425;p34"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1201227" y="2387361"/>
             <a:ext cx="7596414" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -30968,51 +32915,51 @@
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>Funding Provided by NASA </a:t>
+              <a:t>Sponsored By the Following Organizations: </a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
@@ -31071,51 +33018,51 @@
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Version  11/14/25. If you edit and modify this slide set for use for educational purposes,  please note “modified by (and your name and date) “  on this page. Thank you.</a:t>
+              <a:t>Version  1/1/26. If you edit and modify this slide set for use for educational purposes,  please note “modified by (and your name and date) “  on this page. Thank you.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
@@ -31124,117 +33071,167 @@
             <a:endParaRPr sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="426" name="Google Shape;426;p34" descr="Crest, University of Toledo"/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="2" name="Picture 1" descr="Logos for NASA, NOAA, NSF and the U.S. Department of State.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA1114E6-0261-9C3D-4888-DEE61800230C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...1 lines deleted...]
-            <a:alphaModFix/>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1466235" y="4901733"/>
-            <a:ext cx="746760" cy="802992"/>
+            <a:off x="1366547" y="4909184"/>
+            <a:ext cx="3417092" cy="715114"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...34 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 104"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="105" name="Google Shape;105;p3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
@@ -31291,51 +33288,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="107" name="Google Shape;107;p3" descr="Menu Bar:  What is Rain?"/>
+          <p:cNvPr id="107" name="Google Shape;107;p3">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185863" cy="6089207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -31782,51 +33785,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="118" name="Google Shape;118;p4" descr="Menu Bar:  What is Rain?"/>
+          <p:cNvPr id="118" name="Google Shape;118;p4">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185863" cy="6089207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -32170,51 +34179,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="129" name="Google Shape;129;p5" descr="Menu Bar:  What is Rain?"/>
+          <p:cNvPr id="129" name="Google Shape;129;p5">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185863" cy="6089207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -32247,54 +34262,54 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200"/>
+              <a:rPr lang="en-US" sz="3200" dirty="0"/>
               <a:t>Rainfall across America, 2015</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="131" name="Google Shape;131;p5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1528068" y="6136368"/>
             <a:ext cx="7615931" cy="220889"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
@@ -32494,51 +34509,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="140" name="Google Shape;140;p6" descr="Menu Bar:  What is Rain?"/>
+          <p:cNvPr id="140" name="Google Shape;140;p6">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1185863" cy="6089207"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -33231,62 +35252,62 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1"/>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0"/>
               <a:t>The importance of recording rainfall </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1">
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
-            <a:endParaRPr sz="3200">
+            <a:endParaRPr sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="154" name="Google Shape;154;p7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1173732" y="1605216"/>
             <a:ext cx="3134499" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -33565,51 +35586,57 @@
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="802608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="163" name="Google Shape;163;p8" descr="Menu Bar:  Why collect rain data?"/>
+          <p:cNvPr id="163" name="Google Shape;163;p8">
+            <a:extLst>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="802608"/>
             <a:ext cx="1173732" cy="6055392"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -34562,54 +36589,54 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>3347</Words>
+  <Words>3404</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>274</Paragraphs>
+  <Paragraphs>283</Paragraphs>
   <Slides>36</Slides>
   <Notes>36</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
@@ -34626,51 +36653,51 @@
       <vt:lpstr>The Atmosphere</vt:lpstr>
       <vt:lpstr>The Hydrologic Cycle</vt:lpstr>
       <vt:lpstr>Rainfall across America, 2015</vt:lpstr>
       <vt:lpstr>Precipitation Types</vt:lpstr>
       <vt:lpstr>The importance of recording rainfall 1</vt:lpstr>
       <vt:lpstr>The importance of recording rainfall 2</vt:lpstr>
       <vt:lpstr>YOUR measurements can help NASA scientists understand and predict:</vt:lpstr>
       <vt:lpstr>What I Need to Collect Rain Data </vt:lpstr>
       <vt:lpstr>Setting Up a Rain Gauge</vt:lpstr>
       <vt:lpstr>Data Sheet</vt:lpstr>
       <vt:lpstr>Collecting Data-Reading the Meniscus</vt:lpstr>
       <vt:lpstr>Collecting Data-Water in Overflow Tube-1</vt:lpstr>
       <vt:lpstr>Collecting Data-Water in Overflow Tube-2</vt:lpstr>
       <vt:lpstr>What I need to Collect pH Data</vt:lpstr>
       <vt:lpstr>Testing Precipitation for pH</vt:lpstr>
       <vt:lpstr>pH Testing, Continued.</vt:lpstr>
       <vt:lpstr>pH Testing, Continued.</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Visualize and Retrieve Data</vt:lpstr>
-      <vt:lpstr>Visualize and Retrieve Data</vt:lpstr>
+      <vt:lpstr>Visualize and Retrieve Data – 2 </vt:lpstr>
       <vt:lpstr>Questions for YOU to Investigate</vt:lpstr>
       <vt:lpstr>What Have You Learned?</vt:lpstr>
       <vt:lpstr>Frequently Asked Questions-page 1 of 3</vt:lpstr>
       <vt:lpstr>Frequently Asked Questions-page 2 of 3</vt:lpstr>
       <vt:lpstr>Frequently Asked Questions-page 3 of 3</vt:lpstr>
       <vt:lpstr>Further Resources</vt:lpstr>
-      <vt:lpstr>Please provide us with feedback about this module. This is a community project and we welcome your comments, suggestions and edits!    Credits</vt:lpstr>
+      <vt:lpstr>Please provide us with feedback about this module. This is a community project and we welcome your comments, suggestions and edits!  Comment here:  eTraining Feedback   Credits</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>rusty low</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>