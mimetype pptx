--- v0 (2025-12-23)
+++ v1 (2026-02-02)
@@ -1,29 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -76,101 +76,92 @@
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/ppt/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" firstSlideNum="0" showSpecialPlsOnTitleSld="0" strictFirstAndLastChars="0" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId33"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
-    <p:sldId id="258" r:id="rId4"/>
-[...27 lines deleted...]
-    <p:sldId id="286" r:id="rId32"/>
+    <p:sldId id="292" r:id="rId4"/>
+    <p:sldId id="258" r:id="rId5"/>
+    <p:sldId id="259" r:id="rId6"/>
+    <p:sldId id="260" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="262" r:id="rId9"/>
+    <p:sldId id="263" r:id="rId10"/>
+    <p:sldId id="264" r:id="rId11"/>
+    <p:sldId id="265" r:id="rId12"/>
+    <p:sldId id="266" r:id="rId13"/>
+    <p:sldId id="267" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
+    <p:sldId id="269" r:id="rId16"/>
+    <p:sldId id="270" r:id="rId17"/>
+    <p:sldId id="286" r:id="rId18"/>
+    <p:sldId id="287" r:id="rId19"/>
+    <p:sldId id="288" r:id="rId20"/>
+    <p:sldId id="289" r:id="rId21"/>
+    <p:sldId id="290" r:id="rId22"/>
+    <p:sldId id="291" r:id="rId23"/>
+    <p:sldId id="276" r:id="rId24"/>
+    <p:sldId id="278" r:id="rId25"/>
+    <p:sldId id="279" r:id="rId26"/>
+    <p:sldId id="280" r:id="rId27"/>
+    <p:sldId id="281" r:id="rId28"/>
+    <p:sldId id="282" r:id="rId29"/>
+    <p:sldId id="283" r:id="rId30"/>
+    <p:sldId id="284" r:id="rId31"/>
+    <p:sldId id="285" r:id="rId32"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
-  <p:embeddedFontLst>
-[...7 lines deleted...]
-  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
     </a:defPPr>
     <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
@@ -357,76 +348,96 @@
       <a:lnSpc>
         <a:spcPct val="100000"/>
       </a:lnSpc>
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
     <p:ext uri="GoogleSlidesCustomDataVersion2">
-      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" r:id="rId41" roundtripDataSignature="AMtx7mhiiU5ZEtJ0TLaY5ATyrxEwQixoxQ=="/>
+      <go:slidesCustomData xmlns:go="http://customooxmlschemas.google.com/" xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:com="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="" r:id="rId36" roundtripDataSignature="AMtx7mjRaHhRgDYGfPlTj5P2Ey7zkPDmmA=="/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{4214CDD5-FAB1-48CE-9228-F5EBE41054B6}">
-  <a:tblStyle styleId="{4214CDD5-FAB1-48CE-9228-F5EBE41054B6}" styleName="Table_0">
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{8E3133C9-8F3B-4E79-A735-F60E3FF5D153}">
+  <a:tblStyle styleId="{8E3133C9-8F3B-4E79-A735-F60E3FF5D153}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle b="off" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
@@ -469,79 +480,79 @@
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln w="12700" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="E9EFF7"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
     <a:band1H>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="D0DEEF"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1H>
     <a:band2H>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:band2H>
     <a:band1V>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:srgbClr val="D0DEEF"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:band1V>
     <a:band2V>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:band2V>
     <a:lastCol>
       <a:tcTxStyle b="on" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastCol>
     <a:firstCol>
       <a:tcTxStyle b="on" i="off">
         <a:font>
@@ -569,140 +580,140 @@
         </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:top>
             <a:ln w="38100" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:top>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:seCell>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:seCell>
     <a:swCell>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle b="on" i="off">
         <a:font>
           <a:latin typeface="Calibri"/>
           <a:ea typeface="Calibri"/>
           <a:cs typeface="Calibri"/>
         </a:font>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cap="flat" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
               <a:headEnd type="none" w="sm" len="sm"/>
               <a:tailEnd type="none" w="sm" len="sm"/>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
-      <a:tcTxStyle b="off" i="off"/>
+      <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15611"/>
-    <p:restoredTop sz="94658"/>
+    <p:restoredTop sz="94663"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="120" d="100"/>
-          <a:sy n="120" d="100"/>
+          <a:sx n="117" d="100"/>
+          <a:sy n="117" d="100"/>
         </p:scale>
-        <p:origin x="1944" y="184"/>
+        <p:origin x="1672" y="176"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://customschemas.google.com/relationships/presentationmetadata" Target="metadata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -719,540 +730,414 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Google Shape;4;n"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;5;n"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="3"/>
@@ -1306,601 +1191,467 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-228600" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Google Shape;7;n"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Google Shape;8;n"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
@@ -2340,4266 +2091,4009 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="87" name="Google Shape;87;p1:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>0</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 181"/>
+        <p:cNvPr id="1" name="Shape 170"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="182" name="Google Shape;182;p9:notes"/>
+          <p:cNvPr id="171" name="Google Shape;171;p9:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="183" name="Google Shape;183;p9:notes"/>
+          <p:cNvPr id="172" name="Google Shape;172;p9:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 183"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="Google Shape;184;p10:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="185" name="Google Shape;185;p10:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 194"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="195" name="Google Shape;195;p11:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="196" name="Google Shape;196;p11:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="197" name="Google Shape;197;p11:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 194"/>
+        <p:cNvPr id="1" name="Shape 204"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="195" name="Google Shape;195;p10:notes"/>
+          <p:cNvPr id="205" name="Google Shape;205;p12:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="196" name="Google Shape;196;p10:notes"/>
+          <p:cNvPr id="206" name="Google Shape;206;p12:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 214"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="215" name="Google Shape;215;p13:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="216" name="Google Shape;216;p13:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 223"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="224" name="Google Shape;224;p14:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="225" name="Google Shape;225;p14:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="226" name="Google Shape;226;p14:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 205"/>
+        <p:cNvPr id="1" name="Shape 233"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="206" name="Google Shape;206;p11:notes"/>
+          <p:cNvPr id="234" name="Google Shape;234;p15:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="207" name="Google Shape;207;p11:notes"/>
+          <p:cNvPr id="235" name="Google Shape;235;p15:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="208" name="Google Shape;208;p11:notes"/>
+          <p:cNvPr id="236" name="Google Shape;236;p15:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>11</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 215"/>
+        <p:cNvPr id="1" name="Shape 233">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BF05889-A089-BCF4-1CF5-5D727438D466}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="216" name="Google Shape;216;p12:notes"/>
-[...45 lines deleted...]
-          <p:cNvPr id="217" name="Google Shape;217;p12:notes"/>
+          <p:cNvPr id="234" name="Google Shape;234;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CB9C35-03EE-DF72-67AD-B5412DEF098A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="235" name="Google Shape;235;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D638F879-FD89-EA31-31F0-F4920974D185}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="236" name="Google Shape;236;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08F77BCB-6F7F-BFB0-0F3C-B8701C48AB9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3985138297"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 225"/>
+        <p:cNvPr id="1" name="Shape 233">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAD999CA-63D1-F3E5-20E3-8F2915D9DBA4}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="226" name="Google Shape;226;p13:notes"/>
-[...45 lines deleted...]
-          <p:cNvPr id="227" name="Google Shape;227;p13:notes"/>
+          <p:cNvPr id="234" name="Google Shape;234;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFABB512-CD59-F7AF-C6E2-E60539CC2C58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="235" name="Google Shape;235;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FA9C2FE-1AB6-CDF7-4FF4-A3748C504C37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="236" name="Google Shape;236;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1A8A6C4-6D63-8008-8869-7BC9595E7309}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="917893768"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 234"/>
+        <p:cNvPr id="1" name="Shape 233">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D773C81-5B71-7030-4353-7B01D1371BA5}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="235" name="Google Shape;235;p14:notes"/>
+          <p:cNvPr id="234" name="Google Shape;234;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01B60DA8-DFEB-9943-C881-B5F0AFF43A84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="236" name="Google Shape;236;p14:notes"/>
+          <p:cNvPr id="235" name="Google Shape;235;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2D4C4B3-C51B-9123-CE0D-CC9E11CA1BD9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="237" name="Google Shape;237;p14:notes"/>
+          <p:cNvPr id="236" name="Google Shape;236;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F181A844-F0F1-952A-E2EB-4D7652D81B3D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>14</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3646401274"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 244"/>
+        <p:cNvPr id="1" name="Shape 94"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="245" name="Google Shape;245;p15:notes"/>
+          <p:cNvPr id="95" name="Google Shape;95;p2:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Google Shape;96;p2:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 233">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AB21E48-5BD1-86AF-3E0E-AE46346AFD00}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="234" name="Google Shape;234;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB3048CE-B2C7-0E0C-B41F-D3704E64D466}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="246" name="Google Shape;246;p15:notes"/>
+          <p:cNvPr id="235" name="Google Shape;235;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1A1034A-7264-60E8-33FF-C40F3125B2CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="247" name="Google Shape;247;p15:notes"/>
+          <p:cNvPr id="236" name="Google Shape;236;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{381BAB7E-F720-0805-89A3-004D11C05F14}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>15</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1110826570"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 260"/>
+        <p:cNvPr id="1" name="Shape 233">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C02B8AB5-4DD9-324C-8701-7A5262C15BD2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="261" name="Google Shape;261;p44:notes"/>
+          <p:cNvPr id="234" name="Google Shape;234;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E752621B-B640-DE97-8F5A-A3D40DB16E50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="262" name="Google Shape;262;p44:notes"/>
+          <p:cNvPr id="235" name="Google Shape;235;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48F068E5-35F4-7BB2-F393-BEFAD367DD90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="263" name="Google Shape;263;p44:notes"/>
+          <p:cNvPr id="236" name="Google Shape;236;p15:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DC6489E-A651-1D33-D7C3-734A790309C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>16</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3918767937"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 273"/>
+        <p:cNvPr id="1" name="Shape 301">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB8BD176-6E13-E924-30EE-3EBD4EBF0337}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="274" name="Google Shape;274;p45:notes"/>
+          <p:cNvPr id="302" name="Google Shape;302;p21:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D70BC7A8-6564-9E52-58AE-0C18651F884F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="303" name="Google Shape;303;p21:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B05E5F1A-37F0-D4CD-0FD6-B41830674BBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2330179107"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 301"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="302" name="Google Shape;302;p21:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="303" name="Google Shape;303;p21:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 323"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="324" name="Google Shape;324;p23:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="325" name="Google Shape;325;p23:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 333"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="334" name="Google Shape;334;p24:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="275" name="Google Shape;275;p45:notes"/>
+          <p:cNvPr id="335" name="Google Shape;335;p24:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="276" name="Google Shape;276;p45:notes"/>
+          <p:cNvPr id="336" name="Google Shape;336;p24:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>17</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 285"/>
+        <p:cNvPr id="1" name="Shape 343"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="286" name="Google Shape;286;p46:notes"/>
+          <p:cNvPr id="344" name="Google Shape;344;p25:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="345" name="Google Shape;345;p25:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 352"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="353" name="Google Shape;353;p26:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="354" name="Google Shape;354;p26:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 361"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="362" name="Google Shape;362;p27:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="363" name="Google Shape;363;p27:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 370"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="371" name="Google Shape;371;p28:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="372" name="Google Shape;372;p28:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 94">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71509A8E-E8CC-4946-EE2E-B14E5760251A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="95" name="Google Shape;95;p2:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FD111A5-6F30-D074-7060-89E59027E7BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="96" name="Google Shape;96;p2:notes">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C20849E5-89D0-2C4A-289C-AE110C5745D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1297930734"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 379"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="380" name="Google Shape;380;p29:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="381" name="Google Shape;381;p29:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 388"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="389" name="Google Shape;389;p30:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="390" name="Google Shape;390;p30:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 103"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="104" name="Google Shape;104;p3:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="105" name="Google Shape;105;p3:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 115"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="116" name="Google Shape;116;p4:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="117" name="Google Shape;117;p4:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 126"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="127" name="Google Shape;127;p5:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="128" name="Google Shape;128;p5:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 139"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140" name="Google Shape;140;p6:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="141" name="Google Shape;141;p6:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 148"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="149" name="Google Shape;149;p7:notes"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="150" name="Google Shape;150;p7:notes"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1371600" y="1143000"/>
+            <a:ext cx="4114800" cy="3086100"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="120000" h="120000" extrusionOk="0">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="120000" y="120000"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="120000"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" showMasterPhAnim="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 156"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="157" name="Google Shape;157;p8:notes"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="1143000"/>
             <a:ext cx="4114800" cy="3086100"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="120000" h="120000" extrusionOk="0">
                 <a:moveTo>
                   <a:pt x="0" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="120000" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="120000" y="120000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="120000"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="287" name="Google Shape;287;p46:notes"/>
+          <p:cNvPr id="158" name="Google Shape;158;p8:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="288" name="Google Shape;288;p46:notes"/>
+          <p:cNvPr id="159" name="Google Shape;159;p8:notes"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...2648 lines deleted...]
-              <a:buSzPts val="1400"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -6681,152 +6175,128 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Google Shape;17;p32"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
@@ -7015,602 +6485,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Google Shape;19;p32"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Google Shape;20;p32"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -7657,152 +6902,128 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="74" name="Google Shape;74;p41"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -7991,602 +7212,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="76" name="Google Shape;76;p41"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="77" name="Google Shape;77;p41"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -8633,152 +7629,128 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="80" name="Google Shape;80;p42"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -8967,602 +7939,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="82" name="Google Shape;82;p42"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="83" name="Google Shape;83;p42"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -9609,152 +8356,128 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Google Shape;23;p33"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -9943,602 +8666,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Google Shape;25;p33"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Google Shape;26;p33"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -10586,152 +9084,128 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="6000"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="6000"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Google Shape;29;p34"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -10956,602 +9430,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Google Shape;31;p34"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="Google Shape;32;p34"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -11598,152 +9847,128 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Google Shape;35;p35"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -12119,602 +10344,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Google Shape;38;p35"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Google Shape;39;p35"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -12761,152 +10761,128 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="42" name="Google Shape;42;p36"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -13656,602 +11632,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47" name="Google Shape;47;p36"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="48" name="Google Shape;48;p36"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -14298,749 +12049,500 @@
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Google Shape;51;p37"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="52" name="Google Shape;52;p37"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53" name="Google Shape;53;p37"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -15071,602 +12573,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="56" name="Google Shape;56;p38"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Google Shape;57;p38"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -15714,152 +12991,128 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="60" name="Google Shape;60;p39"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
@@ -16235,602 +13488,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Google Shape;63;p39"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="Google Shape;64;p39"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -16878,152 +13906,128 @@
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="b" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
-            <a:lvl2pPr lvl="1" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl2pPr lvl="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr lvl="2" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl3pPr lvl="2">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr lvl="3" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl4pPr lvl="3">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr lvl="4" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl5pPr lvl="4">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr lvl="5" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl6pPr lvl="5">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr lvl="6" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl7pPr lvl="6">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr lvl="7" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl8pPr lvl="7">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr lvl="8" algn="l">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:lvl9pPr lvl="8">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="Google Shape;67;p40"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="2"/>
           </p:nvPr>
@@ -17236,602 +14240,377 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Google Shape;70;p40"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr lvl="0" algn="ctr">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr lvl="1" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr lvl="2" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr lvl="3" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr lvl="4" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
             <a:lvl6pPr lvl="5" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl6pPr>
             <a:lvl7pPr lvl="6" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl7pPr>
             <a:lvl8pPr lvl="7" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl8pPr>
             <a:lvl9pPr lvl="8" algn="l">
-              <a:lnSpc>
-[...1 lines deleted...]
-              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Google Shape;71;p40"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr marL="0" lvl="0" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr marL="0" lvl="1" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr marL="0" lvl="2" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr marL="0" lvl="3" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr marL="0" lvl="4" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr marL="0" lvl="5" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr marL="0" lvl="6" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr marL="0" lvl="7" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr marL="0" lvl="8" indent="0" algn="r">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
@@ -17899,257 +14678,137 @@
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="4400"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
               <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl2pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl3pPr lvl="2">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl4pPr lvl="3">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl5pPr lvl="4">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl6pPr lvl="5">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl7pPr lvl="6">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl8pPr lvl="7">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-[...23 lines deleted...]
-              </a:defRPr>
+            <a:lvl9pPr lvl="8">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Google Shape;11;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="1825625"/>
             <a:ext cx="7886700" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -18410,808 +15069,583 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Google Shape;13;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marR="0" lvl="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
               <a:buNone/>
               <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Google Shape;14;p31"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" marR="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="0" marR="0" lvl="1" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="0" marR="0" lvl="2" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="0" marR="0" lvl="3" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="0" marR="0" lvl="4" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="0" marR="0" lvl="5" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="0" marR="0" lvl="6" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="0" marR="0" lvl="7" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="0" marR="0" lvl="8" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:srgbClr val="888888"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>‹#›</a:t>
@@ -19908,199 +16342,204 @@
           <a:spcPts val="0"/>
         </a:spcBef>
         <a:spcAft>
           <a:spcPts val="0"/>
         </a:spcAft>
         <a:buClr>
           <a:srgbClr val="000000"/>
         </a:buClr>
         <a:buFont typeface="Arial"/>
         <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
           <a:sym typeface="Arial"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goes.noaa.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfdl.noaa.gov/pix/tools_and_data/gallery/goes-800.png" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goes.noaa.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gfdl.noaa.gov/pix/tools_and_data/gallery/goes-800.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engineeringtoolbox.com/docs/documents/816/psychrometric_chart_29inHg.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.globe.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/globe-data/data-entry/globe-observer" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.globe.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/globe-data/data-entry/globe-observer" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.PNG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.PNG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.PNG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/10157/7349361/Viz+tutorial.pptx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/10157/7349361/Viz+tutorial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vis.globe.gov/GLOBE/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.engineeringtoolbox.com/docs/documents/816/psychrometric_chart_29inHg.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my-globe.mn.co/posts/relative-humidity-data-entry" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mynasadata.larc.nasa.gov/weather-and-climate/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/65d837c0-2487-47dc-a789-06f57de1c45e" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=JwwniT1EjOc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/web/north-america/resources/globe-equipment-suppliers" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/do-globe/resources/globe-equipment" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mynasadata.larc.nasa.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/65d837c0-2487-47dc-a789-06f57de1c45e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/web/north-america/resources/globe-equipment-suppliers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ontrack-media.net/science8/s8m0l6image8.jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/do-globe/resources/globe-equipment" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=JwwniT1EjOc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nasawavelength.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mynasadata.larc.nasa.gov/weather-and-climate/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@globe.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:help@globe.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/forms/d/1nF4DOebsUPFN2I3Sl73HZkrN_BzFnjAgCBdAQAt_E0I/viewform?c=0&amp;w=1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/do-globe/globe-teachers-guide/atmosphere" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grc.nasa.gov/WWW/K-12/airplane/atmosphere.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/do-globe/globe-teachers-guide/atmosphere" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grc.nasa.gov/WWW/K-12/airplane/atmosphere.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/89f8c44d-4a99-494b-ba81-1853b80710b4" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spaceplace.nasa.gov/earth-card-game/aqua-lrg.en.png" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mynasadata.larc.nasa.gov/oyw/wp-content/uploads/2013/08/terra-lrg.en_1.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://modis.gsfc.nasa.gov/gallery/showall.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spaceplace.nasa.gov/earth-card-game/aqua-lrg.en.png" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mynasadata.larc.nasa.gov/oyw/wp-content/uploads/2013/08/terra-lrg.en_1.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://modis.gsfc.nasa.gov/gallery/showall.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/search-results?p_p_auth=U5COsYBF&amp;p_p_id=15&amp;p_p_lifecycle=0&amp;p_p_state=maximized&amp;p_p_mode=view&amp;_15_struts_action=/journal/view_article&amp;_15_groupId=10157&amp;_15_articleId=2514809&amp;_15_version=1.4" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/b24c8410-2ed7-4fd2-9cf7-2e68168f40ff" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/search-results?p_p_auth=U5COsYBF&amp;p_p_id=15&amp;p_p_lifecycle=0&amp;p_p_state=maximized&amp;p_p_mode=view&amp;_15_struts_action=/journal/view_article&amp;_15_groupId=10157&amp;_15_articleId=2514809&amp;_15_version=1.4" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/documents/348614/81a42f5e-8f77-4d23-8fb0-9006b0b27063" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globe.gov/documents/348614/0d9efa26-76ba-ce53-2559-8b84bb55a6ec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globe.gov/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 88"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="89" name="Google Shape;89;p1" descr="The GLOBE Program: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9145524" cy="777240"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90" name="Google Shape;90;p1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -20145,79 +16584,89 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4000"/>
               <a:t>Protocol Training Slides:</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="4000"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="4000"/>
               <a:t>Relative Humidity</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="91" name="Google Shape;91;p1" descr="Satellite Image of Earth depiciting the humidity in the atmosphere with gray and white regions shown as clouds. " title="Scientific visualization of the Earth">
             <a:hlinkClick r:id="rId4"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2694481" y="1988845"/>
             <a:ext cx="3717561" cy="3717561"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="92" name="Google Shape;92;p1" descr="Legend for the image of relative humidity in the image, where red is 100% relative humidity, grading through yellow, 50% humidity, to blue, which is 0% humidity."/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId6" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6576601" y="2966578"/>
             <a:ext cx="1003300" cy="1955800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="93" name="Google Shape;93;p1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -20382,848 +16831,827 @@
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="94" name="Google Shape;94;p1" descr="A blue background with white text&#10;&#10;AI-generated content may be incorrect."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="2" name="Picture 2" descr="A blue background with white text&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67F4488A-80ED-A3E0-5436-189453425D8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId8">
-            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="64770" y="0"/>
             <a:ext cx="3530005" cy="781994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 184"/>
+        <p:cNvPr id="1" name="Shape 173"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="185" name="Google Shape;185;p9"/>
+          <p:cNvPr id="174" name="Google Shape;174;p9"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="186" name="Google Shape;186;p9" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="175" name="Google Shape;175;p9" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="187" name="Google Shape;187;p9" descr="Menu Bar: How to Collect your Data"/>
+          <p:cNvPr id="176" name="Google Shape;176;p9" descr="Menu Bar: How to Collect your Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1188798" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="188" name="Google Shape;188;p9"/>
+          <p:cNvPr id="177" name="Google Shape;177;p9"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200">
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Which Instrument do I Use?</a:t>
             </a:r>
-            <a:endParaRPr sz="3200"/>
+            <a:endParaRPr sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="189" name="Google Shape;189;p9"/>
+          <p:cNvPr id="178" name="Google Shape;178;p9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1584960" y="1649317"/>
             <a:ext cx="4922520" cy="4662775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>You can use either a Digital Hygrometer or a Sling Psychrometer</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>If the students have only a short period of time to take the measurements and are taking measurements in temperatures below freezing, use the digital hygrometer. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>If you have the time, the students will probably enjoy using the sling psychrometer. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-215900" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>It is important to note that either instrument will give data that is equally useful to scientists, teachers and student researchers.  It is the choice of the teacher and students to choose the instrument they want to use.</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="190" name="Google Shape;190;p9" descr="Artist image of digital hydrometer">
+          <p:cNvPr id="179" name="Google Shape;179;p9" descr="Artist image of digital hydrometer">
             <a:hlinkClick r:id="rId5"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId6" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7224787" y="1649317"/>
             <a:ext cx="1307050" cy="1642524"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="191" name="Google Shape;191;p9"/>
+          <p:cNvPr id="180" name="Google Shape;180;p9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6861462" y="3261772"/>
             <a:ext cx="2043381" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>    </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Digital Hygrometer</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1400">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="192" name="Google Shape;192;p9" descr="Artist's image of sling psychrometer"/>
+          <p:cNvPr id="181" name="Google Shape;181;p9" descr="Artist's image of sling psychrometer"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId7">
+          <a:blip r:embed="rId7" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7259921" y="4100351"/>
             <a:ext cx="1526033" cy="1519112"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="193" name="Google Shape;193;p9"/>
+          <p:cNvPr id="182" name="Google Shape;182;p9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6955862" y="5667539"/>
             <a:ext cx="2131866" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>    </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Sling Psychrometer</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1400">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 197"/>
+        <p:cNvPr id="1" name="Shape 186"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="198" name="Google Shape;198;p10"/>
+          <p:cNvPr id="187" name="Google Shape;187;p10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="199" name="Google Shape;199;p10" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="188" name="Google Shape;188;p10" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="200" name="Google Shape;200;p10" descr="Menu Bar: How to Collect your Data"/>
+          <p:cNvPr id="189" name="Google Shape;189;p10" descr="Menu Bar: How to Collect your Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1188798" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="201" name="Google Shape;201;p10"/>
+          <p:cNvPr id="190" name="Google Shape;190;p10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -21237,419 +17665,381 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Instrument Shelter</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="202" name="Google Shape;202;p10"/>
+          <p:cNvPr id="191" name="Google Shape;191;p10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1584960" y="1649317"/>
             <a:ext cx="4922520" cy="3477835"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...2 lines deleted...]
-              </a:lnSpc>
+            <a:pPr marL="0" marR="0" lvl="0" indent="-127000" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Your hygrometer is placed in the instrument shelter for 30 minutes before you plan to take a measurement. If you don’t have a instrument shelter, place the hygrometer in a shaded area with airflow.</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...13 lines deleted...]
-              </a:lnSpc>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="-127000" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Your shelter should be located in an open area without obstructions such as trees and other buildings, and within walking distance.</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...13 lines deleted...]
-              </a:lnSpc>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="-127000" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Your instrument shelter should be clean both inside and out.</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="203" name="Google Shape;203;p10" descr="Photo: Students looking into the instrument shelter and recording the data"/>
+          <p:cNvPr id="192" name="Google Shape;192;p10" descr="Photo: Students looking into the instrument shelter and recording the data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6507480" y="1305669"/>
             <a:ext cx="2226995" cy="3064582"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="204" name="Google Shape;204;p10"/>
+          <p:cNvPr id="193" name="Google Shape;193;p10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6472238" y="4430192"/>
             <a:ext cx="2316026" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Installed Instrument Shelter</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 209"/>
+        <p:cNvPr id="1" name="Shape 198"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="210" name="Google Shape;210;p11"/>
+          <p:cNvPr id="199" name="Google Shape;199;p11"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="211" name="Google Shape;211;p11" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="200" name="Google Shape;200;p11" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="212" name="Google Shape;212;p11" descr="Menu Bar: How to Collect your Data"/>
+          <p:cNvPr id="201" name="Google Shape;201;p11" descr="Menu Bar: How to Collect your Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1188798" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="213" name="Google Shape;213;p11"/>
+          <p:cNvPr id="202" name="Google Shape;202;p11"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -21663,334 +18053,355 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Collecting Data: Hygrometer</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="214" name="Google Shape;214;p11"/>
+          <p:cNvPr id="203" name="Google Shape;203;p11"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1555844" y="1815152"/>
             <a:ext cx="6902356" cy="4361811"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-346710" algn="l" rtl="0">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400"/>
-              <a:t>If your site has an instrument shelter, place the hygrometer in the instrument shelter 30 minutes before you plan to take a measurement. If you don't have an instrument shelter, place the hygrometer in the shade with air flow.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Preferably within an hour of local solar noon, open the instrument shelter and place the hygrometer in the instrument shelter. </a:t>
             </a:r>
-            <a:endParaRPr sz="2400"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-346710" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400"/>
-              <a:t>After 30 minutes, record the time and date on your Atmosphere data sheet in either local or UT time. Note: GLOBE website and app data entry will accept either local time or UT time. Observations are useful at any time of day.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>After 30 minutes, record the time and date on your Atmosphere data sheet in both local or Coordinated Universal Time (UTC) time. Note: GLOBE website data entry only accepts either local or UTC time.</a:t>
             </a:r>
-            <a:endParaRPr sz="2400"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-346710" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400"/>
-              <a:t>Read the relative humidity to the nearest 1% and note the instrument used.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Read the relative humidity to the nearest 1% and note the instrument used. </a:t>
             </a:r>
-            <a:endParaRPr sz="2400"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-346710" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400"/>
-              <a:t>Read the current temperature (if your reading is not being taken at the same time as the daily reading of maximum, minimum, and current temperature).</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Read the current temperature (if your reading is not being taken at the same time as the daily reading of maximum, minimum, and current temperature). </a:t>
             </a:r>
-            <a:endParaRPr sz="2400"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-346710" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="390525" lvl="0" indent="-390525" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400"/>
-              <a:t>Return the hygrometer to an indoor location and store it in a dry place.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Return the hygrometer to the classroom, and store it in a dry place. </a:t>
             </a:r>
-            <a:endParaRPr sz="2400"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="0" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" lvl="0" indent="-64135" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="600"/>
-[...3 lines deleted...]
-              </a:spcAft>
+                <a:spcPts val="1600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2400"/>
-[...18 lines deleted...]
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 218"/>
+        <p:cNvPr id="1" name="Shape 207"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="219" name="Google Shape;219;p12"/>
+          <p:cNvPr id="208" name="Google Shape;208;p12"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="220" name="Google Shape;220;p12" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="209" name="Google Shape;209;p12" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="221" name="Google Shape;221;p12" descr="Menu Bar: How to Collect your Data" title="Menu Bar: How to Collect your Data"/>
+          <p:cNvPr id="210" name="Google Shape;210;p12" descr="Menu Bar: How to Collect your Data" title="Menu Bar: How to Collect your Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1188798" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="222" name="Google Shape;222;p12"/>
+          <p:cNvPr id="211" name="Google Shape;211;p12"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -22004,2773 +18415,3305 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>When Not to Collect Data: Hygrometer</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="223" name="Google Shape;223;p12"/>
+          <p:cNvPr id="212" name="Google Shape;212;p12"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1555844" y="1815152"/>
             <a:ext cx="6887116" cy="4361811"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
-[...14 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" i="1">
+              <a:rPr lang="en-US" sz="2400" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="171717"/>
                 </a:solidFill>
                 <a:latin typeface="Mulish"/>
-                <a:ea typeface="Mulish"/>
-[...1 lines deleted...]
-                <a:sym typeface="Mulish"/>
               </a:rPr>
               <a:t>If there is fog or it is raining or snowing, the relative humidity is at 100%; record 100% on your data sheet and put “condensation occurring” in comments. </a:t>
             </a:r>
-            <a:endParaRPr sz="2400" i="1"/>
+            <a:endParaRPr lang="en-US" sz="2400" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="224" name="Google Shape;224;p12" descr="photo of street with cars driving in fog"/>
+          <p:cNvPr id="213" name="Google Shape;213;p12" descr="photo of street with cars driving in fog"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3193562" y="3499806"/>
             <a:ext cx="3813028" cy="3039107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 228"/>
+        <p:cNvPr id="1" name="Shape 217"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="229" name="Google Shape;229;p13"/>
+          <p:cNvPr id="218" name="Google Shape;218;p13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="230" name="Google Shape;230;p13" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="219" name="Google Shape;219;p13" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="231" name="Google Shape;231;p13" descr="Menu Bar: How to Collect your Data"/>
+          <p:cNvPr id="220" name="Google Shape;220;p13" descr="Menu Bar: How to Collect your Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1188798" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="232" name="Google Shape;232;p13"/>
+          <p:cNvPr id="221" name="Google Shape;221;p13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200">
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Collecting Data: Sling Psychrometer- 1</a:t>
             </a:r>
-            <a:endParaRPr sz="3200"/>
+            <a:endParaRPr sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="233" name="Google Shape;233;p13"/>
+          <p:cNvPr id="222" name="Google Shape;222;p13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1403444" y="1525592"/>
             <a:ext cx="7298596" cy="5180008"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit fontScale="77500" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-341788" algn="l" rtl="0">
+            <a:pPr marL="365760" lvl="0" indent="-365791" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="600"/>
-[...3 lines deleted...]
-              </a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300"/>
-              <a:t>Stand far enough away from other people and the instrument shelter so you will not hit them with the psychrometer. Stand in the shade if possible with your back to the sun. If there is no shade near the shelter, move to a shady spot nearby, but not too close to trees or buildings.</a:t>
+              <a:rPr lang="en-US" sz="2300" dirty="0"/>
+              <a:t>Stand far enough away from other people and the instrument shelter so you will not hit them with the psychrometer. Stand in the shade if possible with your back to the sun. If there is no shade near the shelter, move to a shady spot nearby, but not too close to trees or buildings. </a:t>
             </a:r>
-            <a:endParaRPr sz="2300"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-341788" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="365760" lvl="0" indent="-365791">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
-              <a:spcAft>
-[...1 lines deleted...]
-              </a:spcAft>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300"/>
-              <a:t>Keep the sling psychrometer as far away as possible from your body to prevent body heat from changing the temperature readings. This is very important in cold weather. Do not touch or breathe on the temperature-sensing parts of the thermometer as this, too, may affect the reading. If possible, face into the wind.</a:t>
+              <a:rPr lang="en-US" sz="2300" dirty="0"/>
+              <a:t>Keep the sling psychrometer as far away as possible from your body to prevent body heat from changing the temperature readings. This is very important in cold weather. Do not touch or breathe on the temperature-sensing parts of the thermometer as this, too, may affect the reading.</a:t>
             </a:r>
-            <a:endParaRPr sz="2300"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-341788" algn="l" rtl="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t> If possible, face into the wind to minimize the impact on the measurement from your body heat.</a:t>
+            </a:r>
+            <a:endParaRPr sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="365760" lvl="0" indent="-365791" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300"/>
-              <a:t>Open the sling psychrometer case by pulling out the slider, which contains the two thermometers.</a:t>
+              <a:rPr lang="en-US" sz="2300" dirty="0"/>
+              <a:t>Open the sling psychrometer case by pulling out the slider, which contains the two thermometers. </a:t>
             </a:r>
-            <a:endParaRPr sz="2300"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-341788" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="365760" lvl="0" indent="-365791" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300"/>
-              <a:t>Wait three minutes to allow the thermometer to read the current air temperature and then read the current dry bulb temperature to 0.5 ̊ C using the thermometer with no wick attached. Make sure your eyes are level with the instrument.</a:t>
+              <a:rPr lang="en-US" sz="2300" dirty="0"/>
+              <a:t>Wait 3 minutes to allow the thermometer to read the current air temperature and then read the current dry bulb temperature to 0.5 ̊ C using the thermometer with no wick attached. Make sure your eyes are level with the instrument. </a:t>
             </a:r>
-            <a:endParaRPr sz="2300"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-341788" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="365760" lvl="0" indent="-365791" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2300"/>
-              <a:t>Record the dry bulb temperature.</a:t>
+              <a:rPr lang="en-US" sz="2300" dirty="0"/>
+              <a:t>Record the dry bulb temperature. </a:t>
             </a:r>
-            <a:endParaRPr sz="2300"/>
-[...11 lines deleted...]
-              </a:spcAft>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" lvl="0" indent="-64135" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
               <a:buSzPct val="100000"/>
-              <a:buFont typeface="Calibri"/>
-              <a:buAutoNum type="arabicParenR"/>
+              <a:buNone/>
             </a:pPr>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 238"/>
+        <p:cNvPr id="1" name="Shape 227"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="239" name="Google Shape;239;p14"/>
+          <p:cNvPr id="228" name="Google Shape;228;p14"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="240" name="Google Shape;240;p14" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="229" name="Google Shape;229;p14" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="241" name="Google Shape;241;p14" descr="Menu Bar: How to Collect your Data"/>
+          <p:cNvPr id="230" name="Google Shape;230;p14" descr="Menu Bar: How to Collect your Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1188798" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="242" name="Google Shape;242;p14"/>
+          <p:cNvPr id="231" name="Google Shape;231;p14"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1188798" y="573780"/>
             <a:ext cx="7955202" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200">
+              <a:rPr lang="en-US" sz="3200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Collecting Data: Sling Psychrometer- 2</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="243" name="Google Shape;243;p14"/>
+          <p:cNvPr id="232" name="Google Shape;232;p14"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1403444" y="1677992"/>
             <a:ext cx="7298596" cy="5180008"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="457200" lvl="0" indent="-339725" algn="l" rtl="0">
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="600"/>
-[...5 lines deleted...]
-              <a:buAutoNum type="arabicParenR" startAt="7"/>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buAutoNum type="arabicParenR" startAt="6"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1750"/>
-              <a:t>Sling the psychrometer for 3 minutes or the specified  time on the instrument's instructions.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Check to be sure that there is still distilled water in the reservoir, and that the wick is wet. If it is dry, add distilled water to the reservoir. </a:t>
             </a:r>
-            <a:endParaRPr sz="1750"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-339725" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
-[...5 lines deleted...]
-              <a:buAutoNum type="arabicParenR" startAt="7"/>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buAutoNum type="arabicParenR" startAt="6"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1750"/>
-              <a:t>Let the psychrometer stop whirling on its own! Do not stop it with your hand or other object.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Sling the psychrometer for 3 minutes. </a:t>
             </a:r>
-            <a:endParaRPr sz="1750"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-339725" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
-[...5 lines deleted...]
-              <a:buAutoNum type="arabicParenR" startAt="7"/>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buAutoNum type="arabicParenR" startAt="6"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1750"/>
-              <a:t>Read the wet bulb temperature to 0.5 ̊ C (from the thermometer with the wick attached).</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Let the psychrometer stop whirling on its own! Do not stop it with your hand or other object. </a:t>
             </a:r>
-            <a:endParaRPr sz="1750"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-339725" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
-[...5 lines deleted...]
-              <a:buAutoNum type="arabicParenR" startAt="7"/>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buAutoNum type="arabicParenR" startAt="6"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1750"/>
-              <a:t>Record the wet bulb temperature.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Read the wet bulb temperature to 0.5 ̊ C (from the thermometer with the wick attached). </a:t>
             </a:r>
-            <a:endParaRPr sz="1750"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-339725" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
-[...5 lines deleted...]
-              <a:buAutoNum type="arabicParenR" startAt="7"/>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buAutoNum type="arabicParenR" startAt="6"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1750"/>
-              <a:t>Determine the relative humidity using a psychrometric chart or the sliding scale found on the cases of some psychrometers. You may also leave this blank as GLOBE can calculate relative humidity from your wet and dry bulb temperatures.</a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Record the wet bulb temperature. </a:t>
             </a:r>
-            <a:endParaRPr sz="1750"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-339725" algn="l" rtl="0">
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
-[...5 lines deleted...]
-              <a:buAutoNum type="arabicParenR" startAt="7"/>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buAutoNum type="arabicParenR" startAt="6"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1750"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>Determine the relative humidity using a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>psychrometric chart </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>or the sliding scale found on the cases of some psychrometers. You may also leave this blank as GLOBE can calculate relative humidity from your wet and dry bulb temperatures. </a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buAutoNum type="arabicParenR" startAt="6"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>When you are done with the instrument, close it up and return it to the shelter properly.</a:t>
             </a:r>
-            <a:endParaRPr sz="1750"/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 248"/>
+        <p:cNvPr id="1" name="Shape 237"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="249" name="Google Shape;249;p15"/>
+          <p:cNvPr id="238" name="Google Shape;238;p15"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="250" name="Google Shape;250;p15" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="239" name="Google Shape;239;p15" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="251" name="Google Shape;251;p15" descr="Menu Bar: How to report data to GLOBE"/>
+          <p:cNvPr id="240" name="Google Shape;240;p15" descr="Menu Bar: How to report data to GLOBE"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="252" name="Google Shape;252;p15"/>
+          <p:cNvPr id="14" name="Google Shape;267;p17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E277A27C-FFF5-E889-FF53-A877894CAD50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161143" y="914400"/>
             <a:ext cx="7886700" cy="682171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
-[...10 lines deleted...]
-              <a:buNone/>
+            <a:pPr lvl="0">
+              <a:buSzPts val="2800"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" b="1">
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Entering Relative Humidity Data in the GLOBE Observer Data Entry System</a:t>
             </a:r>
-            <a:endParaRPr sz="2800" b="1"/>
+            <a:endParaRPr sz="2800" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="253" name="Google Shape;253;p15"/>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="15" name="Google Shape;360;p36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABA4D9C3-51BF-053F-5371-73090599E015}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1312956" y="1709235"/>
             <a:ext cx="5181600" cy="3870960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marL="457200" marR="0" lvl="0" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="3200"/>
+              <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
-              <a:buNone/>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914400" marR="0" lvl="1" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1371600" marR="0" lvl="2" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1828800" marR="0" lvl="3" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2286000" marR="0" lvl="4" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2743200" marR="0" lvl="5" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3200400" marR="0" lvl="6" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3657600" marR="0" lvl="7" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4114800" marR="0" lvl="8" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Two Options for Uploading Data:</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...10 lines deleted...]
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
-              <a:spcAft>
-[...4 lines deleted...]
-              </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>These methods all allow users to submit environmental data – collected at defined sites, according to protocol, and using approved instrumentation – for entry into the official GLOBE science database.</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...10 lines deleted...]
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
-              <a:spcAft>
-[...4 lines deleted...]
-              </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="457200" marR="0" lvl="0" indent="-457200" algn="just" rtl="0">
+            <a:pPr indent="-457200" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
-              <a:spcAft>
-[...5 lines deleted...]
-              <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Download the GLOBE Observer mobile app from the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="sng" strike="noStrike" cap="none">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
-                <a:hlinkClick r:id="rId5">
-[...5 lines deleted...]
-                </a:hlinkClick>
+                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>App Store.</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...13 lines deleted...]
-              </a:lnSpc>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-457200" algn="just">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
-              <a:spcAft>
-[...5 lines deleted...]
-              <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="sng" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId6">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Data Entry</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...3 lines deleted...]
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>: Visit </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="sng" strike="noStrike" cap="none">
-[...3 lines deleted...]
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
-                <a:hlinkClick r:id="rId7">
-[...5 lines deleted...]
-                </a:hlinkClick>
+                <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>globe.gov</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...3 lines deleted...]
-                <a:latin typeface="Arial"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>, click on the “GLOBE Data” tab, then underneath “Data Entry” click on “Data Entry – New Desktop Forms”.</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-457200" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...26 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="254" name="Google Shape;254;p15" descr="Icon of a magnifying glass over a globe."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="16" name="Picture 2" descr="Icon of a magnifying glass over a globe.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7A70C6E-9AA6-96B3-ACB6-35C243A732C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId8">
-            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr>
+        <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7270861" y="2521806"/>
             <a:ext cx="1500856" cy="1500856"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="255" name="Google Shape;255;p15"/>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6070EFA6-4E00-693E-39E4-51D3247837CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1312956" y="5016315"/>
             <a:ext cx="4220545" cy="1220847"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Note 1: You will need a GLOBE teacher, trainer, or scientist account to submit GLOBE data. </a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Note 2: It may take some time after you enter your data for it to appear in the GLOBE data visualization system.</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="256" name="Google Shape;256;p15"/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="18" name="Picture 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E579C9F-909C-2252-6F07-281592AB6731}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...2 lines deleted...]
-          </a:blip>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
           <a:srcRect l="3108" t="7598" r="36738" b="8779"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5794603" y="4832725"/>
             <a:ext cx="3253240" cy="1410962"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="257" name="Google Shape;257;p15"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvPr id="19" name="Straight Arrow Connector 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBE2EB65-C946-8A7D-8FA3-971C879758D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5421972" y="4600946"/>
             <a:ext cx="1333686" cy="956656"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-          <a:ln w="38100" cap="flat" cmpd="sng">
+          <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
-            <a:prstDash val="solid"/>
-[...2 lines deleted...]
-            <a:tailEnd type="triangle" w="med" len="med"/>
+            <a:tailEnd type="triangle"/>
           </a:ln>
-          <a:effectLst>
-[...6 lines deleted...]
-        </p:spPr>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="258" name="Google Shape;258;p15" descr="circle around button, Live Data Entry"/>
+          <p:cNvPr id="20" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD6FAC4D-79B6-EDE1-9BFE-C1CC23EBD6A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6730956" y="5563796"/>
             <a:ext cx="1077912" cy="157290"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="259" name="Google Shape;259;p15"/>
+          <p:cNvPr id="21" name="Straight Arrow Connector 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E47EF745-F87D-31B6-9C38-B0747E80986D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6547896" y="3504967"/>
             <a:ext cx="629247" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-          <a:ln w="38100" cap="flat" cmpd="sng">
+          <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
-            <a:prstDash val="solid"/>
-[...2 lines deleted...]
-            <a:tailEnd type="triangle" w="med" len="med"/>
+            <a:tailEnd type="triangle"/>
           </a:ln>
-          <a:effectLst>
-[...6 lines deleted...]
-        </p:spPr>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
       </p:cxnSp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 264"/>
+        <p:cNvPr id="1" name="Shape 237">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5913D4C7-6700-6B31-8EF1-836813ADEF92}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="265" name="Google Shape;265;p44"/>
+          <p:cNvPr id="238" name="Google Shape;238;p15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D030890C-4DB7-5BA4-1D44-72287713789E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="266" name="Google Shape;266;p44" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="239" name="Google Shape;239;p15" descr="Banner: Atmosphere-Relative Humidity">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E6E0E7C-6B0D-7FF8-99D0-1F376AEBD82D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="267" name="Google Shape;267;p44" descr="Menu Bar: How to report data to GLOBE"/>
+          <p:cNvPr id="240" name="Google Shape;240;p15" descr="Menu Bar: How to report data to GLOBE">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{139887AF-4D46-02CF-8F09-1DF6965AEE3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="268" name="Google Shape;268;p44"/>
+          <p:cNvPr id="3" name="Google Shape;596;p55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0920F62E-A679-FABC-5630-11D378AE2811}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1295605" y="1335745"/>
+            <a:off x="1281437" y="1682017"/>
             <a:ext cx="7766406" cy="584735"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>The steps below will walk you through entering your Atmosphere Study Site Information in the GLOBE Observer App, which you can access using your GLOBE or GLOBE Observer login.</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1600" i="0" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="269" name="Google Shape;269;p44" descr="Screenshot showing the GLOBE Observer App homepage. Select “Data Entry” to record data."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="4" name="Picture 3" descr="Screenshot showing the GLOBE Observer App homepage. Select “Data Entry” to record data.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C674328-15C8-1069-3AEC-5595C4857A4A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
-            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect b="6572"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr>
-[...1 lines deleted...]
-            <a:off x="2113568" y="2565883"/>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2079701" y="2790792"/>
             <a:ext cx="1938284" cy="3679727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Google Shape;596;p55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CEA12E1-F123-388D-1616-6F7E3D2291EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2079701" y="2388005"/>
+            <a:ext cx="8780095" cy="338514"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-      </p:pic>
-[...18 lines deleted...]
-        </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>1. Click “Data Entry”</a:t>
             </a:r>
-            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1600" i="0" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="271" name="Google Shape;271;p44"/>
+          <p:cNvPr id="6" name="Google Shape;596;p55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{284ADD09-2616-9E60-1EA0-CA8098293676}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5638101" y="2080832"/>
+            <a:off x="5635199" y="2352198"/>
             <a:ext cx="2858199" cy="338514"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>2. Click "Create/Edit My Sites" </a:t>
             </a:r>
-            <a:endParaRPr sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1600" i="0" strike="noStrike" cap="none" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="272" name="Google Shape;272;p44" descr="Screenshot showing the GLOBE Observer app Data Entry page. Select “New Observation” to enter data."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="7" name="Picture 2" descr="Screenshot showing the GLOBE Observer app Data Entry page. Select “New Observation” to enter data.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58AD5DD2-F35C-9CED-2F2E-3642C9160074}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId6">
-            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr>
-[...1 lines deleted...]
-            <a:off x="5930894" y="2438408"/>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5897027" y="2663317"/>
             <a:ext cx="2057400" cy="3886201"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;267;p17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2643CC6-812D-5506-C4FC-FBD9CE75BE19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1206772" y="935573"/>
+            <a:ext cx="7886700" cy="682171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Entering Relative Humidity Data – Step 1&amp;2</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3172670667"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 277"/>
+        <p:cNvPr id="1" name="Shape 237">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877DECDB-B91F-14A4-89F7-8617381D81E7}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="278" name="Google Shape;278;p45" descr="A screenshot of available protocols, with Relative Humidity selected."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="6" name="Picture 5" descr="A screenshot of available protocols, with Relative Humidity selected.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E1BDDC9-3621-B96D-1E0B-8A711D3A2940}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...4 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3441978" y="2154804"/>
+            <a:off x="3441978" y="2209998"/>
             <a:ext cx="3150442" cy="4566672"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="279" name="Google Shape;279;p45"/>
+          <p:cNvPr id="238" name="Google Shape;238;p15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EECAA53F-9ECD-52E8-7925-E404618632AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="280" name="Google Shape;280;p45" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="239" name="Google Shape;239;p15" descr="Banner: Atmosphere-Relative Humidity">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20FA65DC-32A9-8863-0DA4-B7CE352890AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="281" name="Google Shape;281;p45" descr="Menu Bar: How to report data to GLOBE"/>
+          <p:cNvPr id="240" name="Google Shape;240;p15" descr="Menu Bar: How to report data to GLOBE">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{854F41FC-B857-A0A9-71E2-C8E90D8C8DD3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="282" name="Google Shape;282;p45"/>
+          <p:cNvPr id="2" name="Google Shape;279;p18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A4A182D-6BDF-FF51-EFBE-20821EC0D53F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2369078" y="1255707"/>
+            <a:off x="2314892" y="1617744"/>
             <a:ext cx="5975549" cy="647447"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-              <a:buNone/>
+            <a:pPr lvl="0">
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>3. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Click on the arrow next to "</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
               <a:t>Atmosphere</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>" and select “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="1" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2000" i="1" dirty="0"/>
               <a:t>Relative Humidity</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>"</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="283" name="Google Shape;283;p45" descr="circle around button, Live Data Entry"/>
+          <p:cNvPr id="3" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A59CC37-7816-EB38-BC84-B791C0E0BDE6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3780262" y="4937127"/>
             <a:ext cx="1583476" cy="325566"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="none" w="sm" len="sm"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1800">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="284" name="Google Shape;284;p45" descr="arrow pointing to Live Data Entry on GLOBE website screenshot"/>
+          <p:cNvPr id="4" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{500C04A7-AC4A-9DFC-C257-D95C24130B0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr>
-            <a:endCxn id="283" idx="7"/>
+            <a:cxnSpLocks/>
+            <a:endCxn id="3" idx="7"/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="5131843" y="4181705"/>
-            <a:ext cx="867300" cy="803100"/>
+            <a:off x="5131843" y="4181655"/>
+            <a:ext cx="867439" cy="803150"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="stealth" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Google Shape;267;p17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3431EFC8-28E4-3567-8F63-92895DBB2C91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1206772" y="935573"/>
+            <a:ext cx="7886700" cy="682171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Entering Relative Humidity Data – Step 3</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1109403287"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 289"/>
+        <p:cNvPr id="1" name="Shape 237">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66057137-321C-EB4A-F6B9-8487B2B37586}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="290" name="Google Shape;290;p46"/>
+          <p:cNvPr id="238" name="Google Shape;238;p15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A742F663-2808-4D78-F59A-0596C25069C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="291" name="Google Shape;291;p46" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="239" name="Google Shape;239;p15" descr="Banner: Atmosphere-Relative Humidity">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{133F61F0-DBE4-3FAB-1E25-FFC95AFDB8A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="292" name="Google Shape;292;p46" descr="Menu Bar: How to report data to GLOBE"/>
+          <p:cNvPr id="240" name="Google Shape;240;p15" descr="Menu Bar: How to report data to GLOBE">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E710633-4C9B-F913-BB8A-46E23BE552F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="293" name="Google Shape;293;p46"/>
+          <p:cNvPr id="2" name="Google Shape;279;p18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EA92A72-1222-AB7C-70AE-6F152D0C1F64}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1986678" y="1307367"/>
+            <a:off x="2000225" y="1617744"/>
             <a:ext cx="6109572" cy="1123870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>4. At the bottom of the screen, click “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Continue</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>”. When prompted, enter site location details (latitude, longitude, and elevation). Choose an existing site or identify a new site by clicking “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>+ New Site Location</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>”</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-50800" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="294" name="Google Shape;294;p46" descr="Screenshot that shows the bottom of the site location selection screen. You can select from all available sites, and at the bottom is a button that says &quot;+New Site Location&quot;"/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="3" name="Picture 2" descr="Screenshot that shows the bottom of the site location selection screen. You can select from all available sites, and at the bottom is a button that says &quot;+New Site Location&quot;">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEA75F3D-0AA4-2D68-B330-ED0B9DBA292D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5">
-            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
-          <a:srcRect b="3217"/>
-          <a:stretch/>
+          <a:srcRect b="3218"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr>
-[...1 lines deleted...]
-            <a:off x="3960734" y="2267014"/>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3958285" y="2427588"/>
             <a:ext cx="2383674" cy="4357599"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Google Shape;267;p17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82355E42-0EDD-6FD3-6D05-00B1CA7D4B24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1206772" y="935573"/>
+            <a:ext cx="7886700" cy="682171"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Entering Relative Humidity Data – Step 4</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="290762392"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 98"/>
+        <p:cNvPr id="1" name="Shape 97"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="99" name="Google Shape;99;p2"/>
+          <p:cNvPr id="98" name="Google Shape;98;p2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="100" name="Google Shape;100;p2" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="99" name="Google Shape;99;p2" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="101" name="Google Shape;101;p2" descr="Menu Bar: What is Relative Humidity?"/>
+          <p:cNvPr id="100" name="Google Shape;100;p2" descr="Menu Bar: What is Relative Humidity?"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1158240" cy="6065520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="102" name="Google Shape;102;p2"/>
+          <p:cNvPr id="101" name="Google Shape;101;p2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207770" y="541019"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -24785,2154 +21728,2649 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Overview and Learning Objectives</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="103" name="Google Shape;103;p2"/>
+          <p:cNvPr id="102" name="Google Shape;102;p2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1333500" y="1652221"/>
             <a:ext cx="7353300" cy="4704130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit fontScale="40000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="002060"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3400" b="1">
+              <a:rPr lang="en-US" sz="3400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Overview</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500" i="1"/>
+              <a:rPr lang="en-US" sz="3500" i="1" dirty="0"/>
               <a:t>This module:</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500"/>
+              <a:rPr lang="en-US" sz="3500" dirty="0"/>
               <a:t>Describes relative humidity </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500"/>
+              <a:rPr lang="en-US" sz="3500" dirty="0"/>
               <a:t>Provides step-by-step protocol instructions for collecting relative humidity</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2400" b="1"/>
+            <a:endParaRPr sz="2400" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="002060"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3400" b="1">
+              <a:rPr lang="en-US" sz="3400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Learning Objectives</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="220000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500" i="1"/>
+              <a:rPr lang="en-US" sz="3500" i="1" dirty="0"/>
               <a:t>After completing this module, you will be able to: </a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500"/>
+              <a:rPr lang="en-US" sz="3500" dirty="0"/>
               <a:t>List some reasons to collect relative humidity</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500"/>
+              <a:rPr lang="en-US" sz="3500" dirty="0"/>
               <a:t>Describe how, where, and when to collect relative humidity</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500"/>
+              <a:rPr lang="en-US" sz="3500" dirty="0"/>
               <a:t>Upload data to the GLOBE website</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500"/>
+              <a:rPr lang="en-US" sz="3500" dirty="0"/>
               <a:t>Visualize data using the GLOBE Visualization Site and formulate your own questions about weather</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3500" i="1"/>
+            <a:endParaRPr sz="3500" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3500" i="1"/>
+              <a:rPr lang="en-US" sz="3500" i="1" dirty="0"/>
               <a:t>Estimated time needed to complete this module: 1.5 hours</a:t>
             </a:r>
-            <a:endParaRPr sz="3500" i="1">
+            <a:endParaRPr sz="3500" i="1" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 299"/>
+        <p:cNvPr id="1" name="Shape 237">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A191261-E1E5-DEBE-1182-97FB8588415F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="300" name="Google Shape;300;p47"/>
+          <p:cNvPr id="238" name="Google Shape;238;p15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3609AD0-945D-5632-73D3-0E48A1528715}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="301" name="Google Shape;301;p47" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="239" name="Google Shape;239;p15" descr="Banner: Atmosphere-Relative Humidity">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D79A9A6-F34E-2E06-043C-3B75B71384FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="302" name="Google Shape;302;p47" descr="Menu Bar: How to report data to GLOBE"/>
+          <p:cNvPr id="240" name="Google Shape;240;p15" descr="Menu Bar: How to report data to GLOBE">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9151BEFD-EA11-1C84-540E-9055687ABFF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...25 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="304" name="Google Shape;304;p47"/>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF4A83FF-9532-B98D-5751-83AFB9D5E8BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1919481" y="1199985"/>
+            <a:off x="1933028" y="1541071"/>
             <a:ext cx="6803177" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>5. Check to see if the “</a:t>
+              <a:t>5. Check to </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>see if the “</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>Date and Time</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>” are correct, if it is not, click “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Get Current Time</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>”</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>to update it. Then click “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Relative Humidity</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-                <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>” to move on</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" marR="0" lvl="0" indent="-50800" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="5" name="Group 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD1759C3-E787-721A-4FC1-18FA9B2878E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="3307566" y="2203061"/>
+            <a:ext cx="3065756" cy="4513760"/>
+            <a:chOff x="3307566" y="2001527"/>
+            <a:chExt cx="3065756" cy="4513760"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="3" name="Picture 2" descr="A screenshot showing local date and time of the observation. ">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DAAF38C-D6B5-DAAD-1B60-003CDAA41E2A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5"/>
+            <a:srcRect t="5883" b="11593"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3850341" y="2001527"/>
+              <a:ext cx="2522981" cy="4513760"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3332D95C-B8B6-C85C-626D-9E4A1764C810}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4436090" y="5986290"/>
+              <a:ext cx="1297355" cy="327744"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="25400" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:endParaRPr sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="7" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB771B9D-E1A9-228D-8121-E567AD246A70}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+              <a:endCxn id="6" idx="1"/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3761747" y="5198142"/>
+              <a:ext cx="864336" cy="836145"/>
+            </a:xfrm>
+            <a:prstGeom prst="straightConnector1">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="38100" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="stealth" w="med" len="med"/>
+            </a:ln>
+          </p:spPr>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="Google Shape;281;p18" descr="circle around button, Live Data Entry">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB66C932-631A-F4B4-A3C4-B474E23BD6C3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3981910" y="4069114"/>
+              <a:ext cx="866534" cy="219631"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="25400" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="none" w="sm" len="sm"/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:endParaRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="9" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F938B847-1A61-05A7-17BD-939D214472A5}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+              <a:endCxn id="8" idx="1"/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3307566" y="3438227"/>
+              <a:ext cx="801245" cy="663051"/>
+            </a:xfrm>
+            <a:prstGeom prst="straightConnector1">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln w="38100" cap="flat" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:round/>
+              <a:headEnd type="none" w="sm" len="sm"/>
+              <a:tailEnd type="stealth" w="med" len="med"/>
+            </a:ln>
+          </p:spPr>
+        </p:cxnSp>
+      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="305" name="Google Shape;305;p47" descr="circle around button, Live Data Entry"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Google Shape;267;p17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E25369C-64F2-52C5-D2E0-06FC36CB5B7C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4436090" y="5986290"/>
-[...2 lines deleted...]
-          <a:prstGeom prst="ellipse">
+            <a:off x="1206772" y="935573"/>
+            <a:ext cx="7886700" cy="682171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="25400" cap="flat" cmpd="sng">
-[...6 lines deleted...]
-            <a:tailEnd type="none" w="sm" len="sm"/>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
-            <a:noAutofit/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-[...14 lines deleted...]
-              <a:buNone/>
+            <a:pPr lvl="0">
+              <a:buSzPts val="2800"/>
             </a:pPr>
-            <a:endParaRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Entering Relative Humidity Data – Step 5</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...114 lines deleted...]
-      </p:cxnSp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4067963360"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 313"/>
+        <p:cNvPr id="1" name="Shape 237">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{401C0A1A-BB32-5B13-43CB-34F537D0BEB3}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="314" name="Google Shape;314;p48"/>
+          <p:cNvPr id="238" name="Google Shape;238;p15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0294ED77-443A-7E17-0FD8-BA615F828C73}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="315" name="Google Shape;315;p48" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="239" name="Google Shape;239;p15" descr="Banner: Atmosphere-Relative Humidity">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{481203D4-5B7A-FA38-8CDA-DF37EF5B5EAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="316" name="Google Shape;316;p48" descr="Menu Bar: How to report data to GLOBE"/>
+          <p:cNvPr id="240" name="Google Shape;240;p15" descr="Menu Bar: How to report data to GLOBE">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{575CC0DB-A98B-1DDA-D65E-B71AF0816884}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="317" name="Google Shape;317;p48" descr="A screenshot with the option Digital Hygrometer selected. Below it are spaces to write in the Ambient Temperature in Celsius and Relative Humidity percentage. Below that is a comment space."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="3" name="Picture 2" descr="A screenshot with the option Digital Hygrometer selected. Below it are spaces to write in the Ambient Temperature in Celsius and Relative Humidity percentage. Below that is a comment space.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD09C642-C075-D69F-F027-9278FC028FD6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...4 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:srcRect t="5795" b="22271"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5253315" y="2526361"/>
-            <a:ext cx="2630558" cy="4102387"/>
+            <a:off x="5253315" y="3122506"/>
+            <a:ext cx="2248294" cy="3506242"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="318" name="Google Shape;318;p48" descr="A screenshot with the option Sling Psychrometer selected. Below it are spaces to write in the Dry Bulb Temperature and Wet Bulb Temperature in Celsius. Below that is a comment space."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="5" name="Picture 4" descr="A screenshot with the option Sling Psychrometer selected. Below it are spaces to write in the Dry Bulb Temperature and Wet Bulb Temperature in Celsius. Below that is a comment space.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98642892-8F65-9EE7-C7AE-BA251BACB6CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...4 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:srcRect t="5797" b="22268"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2165356" y="2526362"/>
-            <a:ext cx="2630558" cy="4102386"/>
+            <a:off x="2165356" y="3122506"/>
+            <a:ext cx="2248294" cy="3506241"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="319" name="Google Shape;319;p48"/>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FB4F650-5070-1B01-0ACE-4ADABDD9021D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1730188" y="968248"/>
+            <a:off x="1682775" y="1607394"/>
             <a:ext cx="6969539" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...9 lines deleted...]
-              <a:buNone/>
+            <a:pPr lvl="0">
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>6. S</a:t>
+              <a:t>. S</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>elect the type of instrument used to measure relative humidity—Sling Psychrometer or Digital Hygrometer, then enter your data. If using a Sling Psychrometer, enter the dry bulb temperature (°C) and wet bulb temperature (°C). If using a Digital Hygrometer, enter the ambient temperature (°C) and relative humidity (%). Document site conditions, timing, and any other information about the site or relative humidity measurement clearly using the “</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="1" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
               <a:t>Comments</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>” section</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Google Shape;267;p17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03272913-F21A-4FDE-A1F0-B0D05CD78347}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1206772" y="935573"/>
+            <a:ext cx="7886700" cy="682171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buSzPts val="2800"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Entering Relative Humidity Data – Step 6</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3004994994"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 323"/>
+        <p:cNvPr id="1" name="Shape 304">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34D5A88E-7E6B-85D1-F1B1-3A95947FAE5C}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="324" name="Google Shape;324;p49"/>
+          <p:cNvPr id="305" name="Google Shape;305;p21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6C6E0D1-E2CB-AEC8-9A3E-930BAFF55F6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="325" name="Google Shape;325;p49" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="306" name="Google Shape;306;p21" descr="Banner: Atmosphere-Relative Humidity">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{114806A0-589C-D6A7-5B4A-57702574B236}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="326" name="Google Shape;326;p49" descr="Menu Bar: Understand the Data"/>
+          <p:cNvPr id="307" name="Google Shape;307;p21" descr="Menu Bar: Understand the Data">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1796B01A-48A7-7A44-3675-0482C3C7810C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="327" name="Google Shape;327;p49"/>
+          <p:cNvPr id="2" name="Google Shape;367;p37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5BA13BD-15A1-9AA1-E4E8-2FA7BC6BA8A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1395299" y="914400"/>
             <a:ext cx="7734357" cy="685800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk2"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" b="1" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="3200" b="1" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Visualize and Retrieve Data</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t> – Step 1</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="328" name="Google Shape;328;p49"/>
+          <p:cNvPr id="3" name="Google Shape;368;p37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFCF1076-EA11-C053-2674-57C63662A0E1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1358778" y="1520334"/>
             <a:ext cx="7692902" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>GLOBE provides the ability to view and interact with data measured across the world. Select our </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>visualization tool</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> to map, graph, filter and export data that have been measured across GLOBE protocols since 1995. </a:t>
             </a:r>
-            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>These step-by-step tutorials on using the visualization system will assist you in finding and analyzing data:</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>PDF version</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>PowerPoint</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1600" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> version</a:t>
             </a:r>
-            <a:endParaRPr sz="2800"/>
+            <a:endParaRPr sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="329" name="Google Shape;329;p49" descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from."/>
+          <p:cNvPr id="4" name="Google Shape;370;p37" descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A3D2C8F-1D6A-F36F-597A-D1576ABCFEAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId8" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1477495" y="3178349"/>
             <a:ext cx="7225553" cy="3234954"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="330" name="Google Shape;330;p49"/>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B89005A8-7BF2-6DF2-4AD5-17FC759DDF65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1397860" y="6413303"/>
             <a:ext cx="4986336" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-[...10 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="sng" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" b="1" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...9 lines deleted...]
-                </a:hlinkClick>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>http://vis.globe.gov/GLOBE/</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none">
-[...6 lines deleted...]
-              <a:sym typeface="Arial"/>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:latin typeface="+mj-lt"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2523937055"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 334"/>
+        <p:cNvPr id="1" name="Shape 304"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="335" name="Google Shape;335;p21"/>
+          <p:cNvPr id="305" name="Google Shape;305;p21"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="336" name="Google Shape;336;p21" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="306" name="Google Shape;306;p21" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="337" name="Google Shape;337;p21" descr="Menu Bar: Understand the Data"/>
+          <p:cNvPr id="307" name="Google Shape;307;p21" descr="Menu Bar: Understand the Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="338" name="Google Shape;338;p21"/>
-[...61 lines deleted...]
-          <p:cNvPr id="339" name="Google Shape;339;p21"/>
+          <p:cNvPr id="8" name="Google Shape;368;p37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1F9A9AF-AB6C-0CA3-1079-F3FFFC0D7B47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1358777" y="1600200"/>
             <a:ext cx="7692902" cy="4572000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="just" rtl="0">
-[...9 lines deleted...]
-              <a:buSzPts val="1800"/>
+            <a:pPr marL="0" lvl="0" indent="0" algn="just">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Select the date for which you need data, add the protocol layers, and you can see where data is available. </a:t>
             </a:r>
-            <a:endParaRPr sz="1800"/>
+            <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="340" name="Google Shape;340;p21" descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from. The menu for protocol selection is expanded."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="10" name="Picture 9" descr="A screenshot showing the GLOBE visualization system. There are dots on a map of the world showing where observations have been submitted from. The menu for protocol selection is expanded.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5EF0F00-5690-F985-84A7-0DC4C7E2D52D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...4 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3013811" y="2286000"/>
             <a:ext cx="4272621" cy="4374350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="341" name="Google Shape;341;p21" descr="arrow pointing to Live Data Entry on GLOBE website screenshot"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvPr id="11" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00CD51A4-7F6B-A804-66AE-3E9C0DA26BEB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5051510" y="2346032"/>
             <a:ext cx="655688" cy="310358"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="stealth" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="342" name="Google Shape;342;p21" descr="arrow pointing to Live Data Entry on GLOBE website screenshot"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvPr id="12" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23E2FC9D-3BDA-6BD1-74F3-54795F43DFEB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2555940" y="2346032"/>
             <a:ext cx="510676" cy="369596"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="stealth" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="343" name="Google Shape;343;p21" descr="arrow pointing to Live Data Entry on GLOBE website screenshot"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvPr id="13" name="Google Shape;282;p18" descr="arrow pointing to Live Data Entry on GLOBE website screenshot">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78145724-80FB-2993-8FC0-D96CC7497976}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2648071" y="5894315"/>
             <a:ext cx="528948" cy="369960"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100" cap="flat" cmpd="sng">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:round/>
             <a:headEnd type="none" w="sm" len="sm"/>
             <a:tailEnd type="stealth" w="med" len="med"/>
           </a:ln>
         </p:spPr>
       </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Google Shape;367;p37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B90299A5-D6BE-3F48-E1A6-721DF40D68EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1395299" y="914400"/>
+            <a:ext cx="7734357" cy="685800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+            </a:defPPr>
+            <a:lvl1pPr marR="0" lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:schemeClr val="dk1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marR="0" lvl="1" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marR="0" lvl="2" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marR="0" lvl="3" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marR="0" lvl="4" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marR="0" lvl="5" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marR="0" lvl="6" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marR="0" lvl="7" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marR="0" lvl="8" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="dk2"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk2"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:ea typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Visualize and Retrieve Data – Step 2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 347"/>
+        <p:cNvPr id="1" name="Shape 326"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="348" name="Google Shape;348;p23"/>
+          <p:cNvPr id="327" name="Google Shape;327;p23"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="349" name="Google Shape;349;p23" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="328" name="Google Shape;328;p23" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-22661"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="350" name="Google Shape;350;p23" descr="Menu Bar: Understand the Data" title="Menu Bar: Understand the Data"/>
+          <p:cNvPr id="329" name="Google Shape;329;p23" descr="Menu Bar: Understand the Data" title="Menu Bar: Understand the Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="772469"/>
             <a:ext cx="1156244" cy="6085531"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="351" name="Google Shape;351;p23"/>
+          <p:cNvPr id="330" name="Google Shape;330;p23"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="500062"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -26942,51 +24380,51 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>Understanding the Data</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="352" name="Google Shape;352;p23"/>
+          <p:cNvPr id="331" name="Google Shape;331;p23"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1600200" y="1520643"/>
             <a:ext cx="6736426" cy="4322618"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -27023,207 +24461,218 @@
             <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-114300" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="353" name="Google Shape;353;p23" descr="Graph of Data of  Temperature and Humidity,  Tallahassee FL - three days of data, showing anticorrelation between temperature and relative humidity."/>
+          <p:cNvPr id="332" name="Google Shape;332;p23" descr="Graph of Data of  Temperature and Humidity,  Tallahassee FL - three days of data, showing anticorrelation between temperature and relative humidity."/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2119784" y="2690060"/>
             <a:ext cx="5697258" cy="4025900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 358"/>
+        <p:cNvPr id="1" name="Shape 337"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="359" name="Google Shape;359;p24"/>
+          <p:cNvPr id="338" name="Google Shape;338;p24"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="360" name="Google Shape;360;p24" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="339" name="Google Shape;339;p24" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="361" name="Google Shape;361;p24" descr="Menu Bar: Understand the Data"/>
+          <p:cNvPr id="340" name="Google Shape;340;p24" descr="Menu Bar: Understand the Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1156244" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="362" name="Google Shape;362;p24"/>
+          <p:cNvPr id="341" name="Google Shape;341;p24"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="500062"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -27233,51 +24682,51 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>Questions for YOU to Investigate </a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="363" name="Google Shape;363;p24"/>
+          <p:cNvPr id="342" name="Google Shape;342;p24"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1600200" y="1520643"/>
             <a:ext cx="6736426" cy="4322618"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -27421,169 +24870,175 @@
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1800"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 367"/>
+        <p:cNvPr id="1" name="Shape 346"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="368" name="Google Shape;368;p25"/>
+          <p:cNvPr id="347" name="Google Shape;347;p25"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="369" name="Google Shape;369;p25" title="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="348" name="Google Shape;348;p25" title="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="370" name="Google Shape;370;p25" descr="Menu Bar: Quiz Yourself"/>
+          <p:cNvPr id="349" name="Google Shape;349;p25" descr="Menu Bar: Quiz Yourself"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1161926" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="371" name="Google Shape;371;p25" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="350" name="Google Shape;350;p25" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="556259"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -27593,51 +25048,51 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>What have you learned?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="372" name="Google Shape;372;p25"/>
+          <p:cNvPr id="351" name="Google Shape;351;p25"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="1851023"/>
             <a:ext cx="7886700" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -27874,169 +25329,175 @@
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Calibri"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800"/>
               <a:t>What data layer would you need to add?</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 376"/>
+        <p:cNvPr id="1" name="Shape 355"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="377" name="Google Shape;377;p26"/>
+          <p:cNvPr id="356" name="Google Shape;356;p26"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="378" name="Google Shape;378;p26" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="357" name="Google Shape;357;p26" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="379" name="Google Shape;379;p26" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="358" name="Google Shape;358;p26" descr="Menu Bar: Further Resources"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1161926" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="380" name="Google Shape;380;p26"/>
+          <p:cNvPr id="359" name="Google Shape;359;p26"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -28054,51 +25515,51 @@
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>Frequently Asked Questions (FAQs) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="381" name="Google Shape;381;p26"/>
+          <p:cNvPr id="360" name="Google Shape;360;p26"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="1495010"/>
             <a:ext cx="7420099" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -28220,169 +25681,175 @@
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 385"/>
+        <p:cNvPr id="1" name="Shape 364"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="386" name="Google Shape;386;p27"/>
+          <p:cNvPr id="365" name="Google Shape;365;p27"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="387" name="Google Shape;387;p27" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="366" name="Google Shape;366;p27" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="388" name="Google Shape;388;p27" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="367" name="Google Shape;367;p27" descr="Menu Bar: Further Resources"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1161926" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="389" name="Google Shape;389;p27"/>
+          <p:cNvPr id="368" name="Google Shape;368;p27"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -28400,51 +25867,51 @@
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>Frequently Asked Questions (FAQs) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="390" name="Google Shape;390;p27"/>
+          <p:cNvPr id="369" name="Google Shape;369;p27"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="1650895"/>
             <a:ext cx="7540114" cy="4705455"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -28575,169 +26042,175 @@
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 394"/>
+        <p:cNvPr id="1" name="Shape 373"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="395" name="Google Shape;395;p28"/>
+          <p:cNvPr id="374" name="Google Shape;374;p28"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="396" name="Google Shape;396;p28" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="375" name="Google Shape;375;p28" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="397" name="Google Shape;397;p28" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="376" name="Google Shape;376;p28" descr="Menu Bar: Further Resources"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1161926" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="398" name="Google Shape;398;p28"/>
+          <p:cNvPr id="377" name="Google Shape;377;p28"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -28755,51 +26228,51 @@
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>Frequently Asked Questions (FAQs) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="399" name="Google Shape;399;p28"/>
+          <p:cNvPr id="378" name="Google Shape;378;p28"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161927" y="1650895"/>
             <a:ext cx="7353424" cy="5070581"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit fontScale="62500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -28972,169 +26445,205 @@
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>In order to prevent the liquid separating in the thermometers, it is suggested that you store the sling psychrometer in a jar or other receptacle so that the thermometers are resting with the lower temperatures at the bottom. </a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 107"/>
+        <p:cNvPr id="1" name="Shape 97">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3A66020-4CC6-EA64-9F5D-7A214DEFB16C}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="108" name="Google Shape;108;p43"/>
+          <p:cNvPr id="98" name="Google Shape;98;p2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{693AEDC6-1100-80BC-0CC9-9BA9E95DBE55}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="109" name="Google Shape;109;p43" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="99" name="Google Shape;99;p2" descr="Banner: Atmosphere-Relative Humidity">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16D93530-7B39-6EB6-A28B-C8546DAF7438}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="110" name="Google Shape;110;p43" descr="Menu Bar: What is Relative Humidity?"/>
+          <p:cNvPr id="100" name="Google Shape;100;p2" descr="Menu Bar: What is Relative Humidity?">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19255270-7146-592D-E690-4C0BB46477BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1158240" cy="6065520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="111" name="Google Shape;111;p43"/>
+          <p:cNvPr id="101" name="Google Shape;101;p2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58EC32F5-6859-5944-8CD5-C2FFB5726CCE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207770" y="541019"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -29149,451 +26658,427 @@
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2800"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2800">
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Overview and Learning Objectives</a:t>
             </a:r>
             <a:endParaRPr sz="2800"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="112" name="Google Shape;112;p43"/>
+          <p:cNvPr id="102" name="Google Shape;102;p2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0A76404-C5C7-D776-AD2F-F785048585AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1333500" y="1652221"/>
             <a:ext cx="7353300" cy="4704130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="002060"/>
               </a:buClr>
-              <a:buSzPts val="2400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Materials</a:t>
             </a:r>
-            <a:endParaRPr sz="2400"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:endParaRPr sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" u="sng">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>Atmosphere Investigation Data Sheet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> OR instructions for using GLOBE Observer to record data can be found in the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" u="sng">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>Data Entry section</a:t>
             </a:r>
-            <a:endParaRPr sz="1600"/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>Digital hygrometer or sling psychrometer (with chart - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" u="sng">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>see example</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>) </a:t>
             </a:r>
-            <a:endParaRPr/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>Calibrated thermometer</a:t>
             </a:r>
-            <a:endParaRPr/>
-[...2 lines deleted...]
-            <a:pPr marL="457200" lvl="0" indent="-342900" algn="l" rtl="0">
+          </a:p>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="170000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...6 lines deleted...]
-              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>Watch or timer</a:t>
             </a:r>
-            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="2800"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="2400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2400" b="1"/>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="2400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="2400" b="1"/>
+            <a:endParaRPr sz="2400" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="3500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr sz="3500" i="1"/>
+            <a:endParaRPr lang="en-US" sz="3500" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="113" name="Google Shape;113;p43" descr="Example of a psychrometric chart that accompanies the instruments."/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="7" name="Picture 6" descr="Example of a psychrometric chart that accompanies the instruments.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F08556-4BC0-8569-F839-E00FB7590E06}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...4 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5499791" y="4250616"/>
             <a:ext cx="3002859" cy="2288298"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="604222489"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 403"/>
+        <p:cNvPr id="1" name="Shape 382"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="404" name="Google Shape;404;p29"/>
+          <p:cNvPr id="383" name="Google Shape;383;p29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="405" name="Google Shape;405;p29" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="384" name="Google Shape;384;p29" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="406" name="Google Shape;406;p29" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="385" name="Google Shape;385;p29" descr="Menu Bar: Further Resources"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1161926" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="407" name="Google Shape;407;p29"/>
+          <p:cNvPr id="386" name="Google Shape;386;p29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -29603,420 +27088,493 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>Further Resources</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="408" name="Google Shape;408;p29"/>
+          <p:cNvPr id="387" name="Google Shape;387;p29"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="1650896"/>
             <a:ext cx="7540114" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>Video: How to use a sling psychrometer</a:t>
             </a:r>
-            <a:endParaRPr u="sng" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
-              <a:t>GLOBE Learning Activities</a:t>
+              <a:t>Sling Psychrometer Chart</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr u="sng">
+              <a:solidFill>
+                <a:schemeClr val="hlink"/>
+              </a:solidFill>
+              <a:hlinkClick r:id="rId7"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
+              <a:t>GLOBE Learning Activities</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="914400" lvl="1" indent="-457200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId8"/>
+              </a:rPr>
               <a:t>My NASA Data</a:t>
             </a:r>
-            <a:endParaRPr u="sng" dirty="0">
+            <a:endParaRPr u="sng">
               <a:solidFill>
                 <a:schemeClr val="hlink"/>
               </a:solidFill>
-              <a:hlinkClick r:id="rId8"/>
+              <a:hlinkClick r:id="rId9"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
-[...4 lines deleted...]
-                <a:spcPts val="1100"/>
+            <a:pPr marL="914400" lvl="1" indent="-457200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
-              <a:buNone/>
-[...18 lines deleted...]
-              <a:buNone/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...22 lines deleted...]
-              <a:rPr lang="en-US" u="sng" dirty="0">
+              <a:rPr lang="en-US" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
-                <a:hlinkClick r:id="rId9"/>
+                <a:hlinkClick r:id="rId10"/>
+              </a:rPr>
+              <a:t>NASA Wavelength</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> NASA’s Digital Library of K-16 Earth and Space Education Resources</a:t>
+            </a:r>
+            <a:endParaRPr u="sng">
+              <a:solidFill>
+                <a:schemeClr val="hlink"/>
+              </a:solidFill>
+              <a:hlinkClick r:id="rId9"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="685800" lvl="1" indent="-76200" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1100"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>For information on purchasing GLOBE supplies go to: </a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="2400"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" u="sng">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId11"/>
               </a:rPr>
               <a:t>Equipment suppliers</a:t>
             </a:r>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="1" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr u="sng" dirty="0">
+            <a:endParaRPr u="sng">
               <a:solidFill>
                 <a:schemeClr val="hlink"/>
               </a:solidFill>
-              <a:hlinkClick r:id="rId10"/>
+              <a:hlinkClick r:id="rId12"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="1" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr dirty="0"/>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 412"/>
+        <p:cNvPr id="1" name="Shape 391"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="413" name="Google Shape;413;p30"/>
+          <p:cNvPr id="392" name="Google Shape;392;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="414" name="Google Shape;414;p30" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="393" name="Google Shape;393;p30" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="415" name="Google Shape;415;p30" descr="Menu Bar: Further Resources"/>
+          <p:cNvPr id="394" name="Google Shape;394;p30" descr="Menu Bar: Further Resources"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1161926" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="416" name="Google Shape;416;p30"/>
+          <p:cNvPr id="395" name="Google Shape;395;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="1076327"/>
             <a:ext cx="7162738" cy="365126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -30036,687 +27594,775 @@
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>We want your Feedback! </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2000"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" sz="2000"/>
             </a:br>
             <a:endParaRPr sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="417" name="Google Shape;417;p30"/>
+          <p:cNvPr id="396" name="Google Shape;396;p30"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1161926" y="1241540"/>
             <a:ext cx="7639173" cy="5686205"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1900"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1900" dirty="0"/>
               <a:t>Please provide us with feedback about this module. This is a community project and we welcome your comments, suggestions and edits! </a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1900"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1900" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" dirty="0"/>
+              <a:t>Comment here:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" u="sng" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>eTraining</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="hlink"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t> Feedback</a:t>
+            </a:r>
+            <a:endParaRPr sz="1900" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="just" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1900"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1900" dirty="0"/>
               <a:t>Questions about module? Contact GLOBE: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1900" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
-                <a:hlinkClick r:id="rId5"/>
+                <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>help@nasaglobe.org</a:t>
             </a:r>
             <a:endParaRPr sz="1900" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1800"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0"/>
               <a:t>Credits</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
               <a:t>Power point Developers:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>	</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>Kevin Czajkowski</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>Janet Struble</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>Mikell Lynne Hedley</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>Sara Mierzwiak </a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
               <a:t>Photos unless otherwise identified</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1500"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1500" dirty="0"/>
               <a:t>Kevin Czajkowski</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
               <a:t>Funding Provided by NASA</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-139700" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-139700" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="228600" lvl="0" indent="-139700" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="1400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
-              <a:buSzPts val="1200"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Version 11/15/25 If you edit and modify this slide set for use for educational purposes, please note “modified by (and your name and date)“ on this page. Thank you.</a:t>
+              <a:t>Version 1/1/26 If you edit and modify this slide set for use for educational purposes, please note “modified by (and your name and date)“ on this page. Thank you.</a:t>
             </a:r>
-            <a:endParaRPr sz="1200" b="1" i="1" dirty="0">
+            <a:endParaRPr lang="en-US" sz="1200" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
-              <a:buSzPts val="1200"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Modified by GLOBE Implementation Office – Science, Training, Education, and Public Engagement</a:t>
             </a:r>
             <a:endParaRPr sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-190500" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
-              <a:buSzPts val="2400"/>
+              <a:buSzPct val="100000"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="418" name="Google Shape;418;p30" descr="Crest, University of Toledo"/>
-          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:cNvPr id="2" name="Picture 1" descr="Logos for NASA, NOAA, NSF and the U.S. Department of State.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2240E09-1392-7B8B-0C9E-69482B73AADA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...1 lines deleted...]
-            <a:alphaModFix/>
+        <p:blipFill>
+          <a:blip r:embed="rId7">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
-          <a:srcRect/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1585686" y="5336865"/>
-            <a:ext cx="646069" cy="694718"/>
+            <a:off x="1326203" y="5424116"/>
+            <a:ext cx="3417092" cy="715114"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...29 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                        <p:cond evt="onBegin" delay="0">
+                          <p:tn val="2"/>
+                        </p:cond>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="2"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 117"/>
+        <p:cNvPr id="1" name="Shape 106"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="118" name="Google Shape;118;p3"/>
+          <p:cNvPr id="107" name="Google Shape;107;p3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="119" name="Google Shape;119;p3" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="108" name="Google Shape;108;p3" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="120" name="Google Shape;120;p3" descr="Menu Bar: What is Relative Humidity?"/>
+          <p:cNvPr id="109" name="Google Shape;109;p3" descr="Menu Bar: What is Relative Humidity?"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1158240" cy="6065520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="121" name="Google Shape;121;p3"/>
+          <p:cNvPr id="110" name="Google Shape;110;p3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207770" y="541019"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -30726,1382 +28372,1191 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>The Atmosphere</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="122" name="Google Shape;122;p3"/>
+          <p:cNvPr id="111" name="Google Shape;111;p3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="1841245"/>
             <a:ext cx="4259580" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="383540" lvl="0" indent="-383540" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>Extremely thin blanket of air extending about 300 miles from Earth’s surface to edge of space</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="383540" lvl="0" indent="-383540" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1200"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t>Contains water vapor, an important part of hydrologic cycle</a:t>
             </a:r>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="123" name="Google Shape;123;p3" descr="mage of thin cover of atmosphere hugging the Earth" title="I">
+          <p:cNvPr id="112" name="Google Shape;112;p3" descr="mage of thin cover of atmosphere hugging the Earth" title="I">
             <a:hlinkClick r:id="rId5"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId6" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5516880" y="1866582"/>
             <a:ext cx="3242824" cy="2432118"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="124" name="Google Shape;124;p3"/>
+          <p:cNvPr id="113" name="Google Shape;113;p3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7766227" y="4330040"/>
             <a:ext cx="993477" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>Image: NASA</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="125" name="Google Shape;125;p3">
+          <p:cNvPr id="114" name="Google Shape;114;p3">
             <a:hlinkClick r:id="rId7"/>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1809810" y="5678491"/>
             <a:ext cx="6682620" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" i="1" u="sng" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="2000" b="1" i="1" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="1E4E79"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
                 <a:hlinkClick r:id="rId7">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Link to the GLOBE Atmosphere Protocols</a:t>
             </a:r>
-            <a:endParaRPr sz="2000" b="1" i="1" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="2000" b="1" i="1">
               <a:solidFill>
                 <a:srgbClr val="1E4E79"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="Shape 118"/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="119" name="Google Shape;119;p4"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6457950" y="6356351"/>
+            <a:ext cx="2057400" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en-US"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="120" name="Google Shape;120;p4" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="email">
+            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="9144000" cy="795130"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="121" name="Google Shape;121;p4" descr="Menu Bar: What is Relative Humidity?"/>
+          <p:cNvPicPr preferRelativeResize="0"/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4" cstate="email">
+            <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="795130"/>
+            <a:ext cx="1158240" cy="6065520"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="122" name="Google Shape;122;p4"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1207770" y="541019"/>
+            <a:ext cx="7886700" cy="1325563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="3200"/>
+              <a:buFont typeface="Calibri"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200"/>
+              <a:t>Relative Humidity</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="123" name="Google Shape;123;p4"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="1652869"/>
+            <a:ext cx="4259580" cy="4664112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800"/>
+              <a:t>Measures the amount of water vapor in the atmosphere (humidity) relative to the maximum amount of water vapor that the atmosphere could hold at the same temperature</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800"/>
+              <a:t>Affects the heating and cooling of air</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800"/>
+              <a:t>Warm air can hold more water vapor and the saturation point of the air is higher than for cold air</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800"/>
+              <a:t>Water vapor has the strongest impact as a greenhouse gas </a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1800"/>
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800"/>
+              <a:t>Specific humidity refers to the actual amount of water vapor in the air </a:t>
+            </a:r>
+            <a:endParaRPr sz="1800"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="124" name="Google Shape;124;p4" descr="Aerosols, Air Temperature, Albedo, Barometric Pressure, Precipitation, Relative Humidity (hyperlinked), Surface Ozone, Surface Temperature, Water Vapor, Wind" title="Atmosphere Protocols: "/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5885089" y="1727263"/>
+            <a:ext cx="2841172" cy="4262705"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:round/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Aerosols</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Air Temperature</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Albedo</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Barometric Pressure</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Clouds</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Precipitation</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" i="1" u="sng">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+                <a:hlinkClick r:id="rId5">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Relative Humidity</a:t>
+            </a:r>
+            <a:endParaRPr sz="1800" b="1" i="1">
+              <a:solidFill>
+                <a:srgbClr val="1E4E79"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Surface Ozone</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Surface Temperature</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Water Vapor</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="1E4E79"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+                <a:sym typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Wind</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="125" name="Google Shape;125;p4" title="Relative Humidity is circled"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6397474" y="3834024"/>
+            <a:ext cx="1838930" cy="411856"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700" cap="flat" cmpd="sng">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr sz="1800">
+              <a:solidFill>
+                <a:schemeClr val="dk1"/>
+              </a:solidFill>
+              <a:latin typeface="Calibri"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+              <a:sym typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 129"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="130" name="Google Shape;130;p4"/>
+          <p:cNvPr id="130" name="Google Shape;130;p5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
-              <a:t>4</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="131" name="Google Shape;131;p4" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="131" name="Google Shape;131;p5" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="132" name="Google Shape;132;p4" descr="Menu Bar: What is Relative Humidity?"/>
+          <p:cNvPr id="132" name="Google Shape;132;p5" descr="Menu Bar: What is Relative Humidity?"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1158240" cy="6065520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="133" name="Google Shape;133;p4"/>
+          <p:cNvPr id="133" name="Google Shape;133;p5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207770" y="541019"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
-              <a:t>Relative Humidity</a:t>
+              <a:t>Measuring Relative Humidity</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="134" name="Google Shape;134;p4"/>
-[...899 lines deleted...]
-          <p:cNvPr id="145" name="Google Shape;145;p5"/>
+          <p:cNvPr id="134" name="Google Shape;134;p5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="1727263"/>
             <a:ext cx="4259580" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -32211,370 +29666,354 @@
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400"/>
               <a:t>Check out the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" u="sng">
                 <a:solidFill>
                   <a:schemeClr val="hlink"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>MODIS Image of the Day</a:t>
             </a:r>
             <a:endParaRPr sz="2400"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="146" name="Google Shape;146;p5" descr="Artist's image of Terra Satellite in Space">
+          <p:cNvPr id="135" name="Google Shape;135;p5" descr="Artist's image of Terra Satellite in Space">
             <a:hlinkClick r:id="rId6"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId7">
+          <a:blip r:embed="rId7" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5852160" y="1527733"/>
             <a:ext cx="2640331" cy="2059457"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="147" name="Google Shape;147;p5" descr="&#10;"/>
+          <p:cNvPr id="136" name="Google Shape;136;p5" descr="&#10;"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5583235" y="3651102"/>
             <a:ext cx="2909256" cy="366157"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>NASA’s Terra satellite</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="148" name="Google Shape;148;p5" descr="Artist's Image of Aqua Satellite">
+          <p:cNvPr id="137" name="Google Shape;137;p5" descr="Artist's Image of Aqua Satellite">
             <a:hlinkClick r:id="rId8"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId9">
+          <a:blip r:embed="rId9" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5852160" y="4185492"/>
             <a:ext cx="2617470" cy="1616287"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="149" name="Google Shape;149;p5" descr="&#10;"/>
+          <p:cNvPr id="138" name="Google Shape;138;p5" descr="&#10;"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5566410" y="5869347"/>
             <a:ext cx="2902280" cy="377488"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>NASA’s Aqua satellite</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
-[...7 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 153"/>
+        <p:cNvPr id="1" name="Shape 142"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="154" name="Google Shape;154;p6"/>
+          <p:cNvPr id="143" name="Google Shape;143;p6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="155" name="Google Shape;155;p6" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="144" name="Google Shape;144;p6" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="156" name="Google Shape;156;p6" descr="Menu Bar:  Why Collect Relative Humidity Data?"/>
+          <p:cNvPr id="145" name="Google Shape;145;p6" descr="Menu Bar:  Why Collect Relative Humidity Data?"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1173938" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="157" name="Google Shape;157;p6"/>
+          <p:cNvPr id="146" name="Google Shape;146;p6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1173938" y="581770"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -32584,51 +30023,51 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200"/>
               <a:t>Recording Relative Humidity (RH) is important for many reasons:</a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="158" name="Google Shape;158;p6"/>
+          <p:cNvPr id="147" name="Google Shape;147;p6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1390650" y="1881836"/>
             <a:ext cx="7326630" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -32769,380 +30208,433 @@
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2400"/>
               <a:t>Because of its high heat capacity, water vapor can greatly change the rate that air masses change temperature.</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 162"/>
+        <p:cNvPr id="1" name="Shape 151"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="163" name="Google Shape;163;p7"/>
+          <p:cNvPr id="152" name="Google Shape;152;p7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="164" name="Google Shape;164;p7" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="153" name="Google Shape;153;p7" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="165" name="Google Shape;165;p7" descr="Menu Bar: How your measurements can help"/>
+          <p:cNvPr id="154" name="Google Shape;154;p7" descr="Menu Bar: How your measurements can help"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1194654" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="166" name="Google Shape;166;p7"/>
+          <p:cNvPr id="155" name="Google Shape;155;p7"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1459154" y="1253334"/>
+            <a:off x="1364327" y="2187713"/>
             <a:ext cx="7886700" cy="4351200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="228600" lvl="0" indent="-228600" algn="l" rtl="0">
+            <a:pPr marL="228600" lvl="0" indent="-292100" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="106999"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" i="1">
+              <a:rPr lang="en-US" i="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFFFF"/>
                 </a:highlight>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Your observations are valuable contributions to the scientific community and may be used by educators, students, researchers, and the general public to increase environmental awareness and STEM literacy, as well as advance Earth system science.</a:t>
             </a:r>
-            <a:endParaRPr i="1">
+            <a:endParaRPr i="1" dirty="0">
               <a:highlight>
                 <a:srgbClr val="FFFFFF"/>
               </a:highlight>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="115000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr/>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2616B937-36A4-A288-8DEE-F709AF15A289}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1364327" y="1101334"/>
+            <a:ext cx="6969760" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Why It Matters</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name="Shape 171"/>
+        <p:cNvPr id="1" name="Shape 160"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="172" name="Google Shape;172;p8"/>
+          <p:cNvPr id="161" name="Google Shape;161;p8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6457950" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
-              <a:lnSpc>
-[...8 lines deleted...]
-              <a:buSzPts val="1200"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="173" name="Google Shape;173;p8" descr="Banner: Atmosphere-Relative Humidity"/>
+          <p:cNvPr id="162" name="Google Shape;162;p8" descr="Banner: Atmosphere-Relative Humidity"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="9144000" cy="795130"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="174" name="Google Shape;174;p8" descr="Menu Bar: How to Collect your Data"/>
+          <p:cNvPr id="163" name="Google Shape;163;p8" descr="Menu Bar: How to Collect your Data"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="795130"/>
             <a:ext cx="1188798" cy="6062870"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="175" name="Google Shape;175;p8"/>
+          <p:cNvPr id="164" name="Google Shape;164;p8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="510539"/>
             <a:ext cx="7886700" cy="1325563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -33156,70 +30648,70 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="3200"/>
               <a:buFont typeface="Calibri"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>What I Need to Collect RH Data </a:t>
             </a:r>
             <a:endParaRPr sz="3200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="176" name="Google Shape;176;p8" descr="Instruments&#10;Digital Hygrometer or Sling Psychometer (with chart), Calibrated Thermometer, Watch or Timer&#10;Data Sheet&#10;Atmosphere Investigation Data Sheet &#10;When&#10;Good:  Any time&#10;Better: Within one hour of local solar noon&#10;Best: Within +/- 15 minutes of a satellite overpass&#10;Where&#10;A good observation site (See Documenting your atmosphere study site)&#10;Other&#10;Log book for data collection; Computer with internet connection to enter data&#10;"/>
+          <p:cNvPr id="165" name="Google Shape;165;p8" descr="Instruments&#10;Digital Hygrometer or Sling Psychometer (with chart), Calibrated Thermometer, Watch or Timer&#10;Data Sheet&#10;Atmosphere Investigation Data Sheet &#10;When&#10;Good:  Any time&#10;Better: Within one hour of local solar noon&#10;Best: Within +/- 15 minutes of a satellite overpass&#10;Where&#10;A good observation site (See Documenting your atmosphere study site)&#10;Other&#10;Log book for data collection; Computer with internet connection to enter data&#10;"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="276579194"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3137040605"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1557866" y="1659989"/>
           <a:ext cx="5461900" cy="4779260"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:noFill/>
-                <a:tableStyleId>{4214CDD5-FAB1-48CE-9228-F5EBE41054B6}</a:tableStyleId>
+                <a:tableStyleId>{8E3133C9-8F3B-4E79-A735-F60E3FF5D153}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1438600">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="4023300">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="1037500">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
@@ -33228,51 +30720,51 @@
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Instruments</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none"/>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33304,51 +30796,51 @@
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Digital Hygrometer or Sling Psychrometer (with chart), Calibrated Thermometer, Watch or Timer</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none"/>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33387,51 +30879,51 @@
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Data Sheet</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none"/>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33452,63 +30944,117 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" i="1" u="sng" strike="noStrike" cap="none">
+                        <a:rPr lang="en-US" sz="1800" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="hlink"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                           <a:hlinkClick r:id="rId5"/>
                         </a:rPr>
-                        <a:t>Atmosphere Investigation Data Sheet </a:t>
+                        <a:t>Relative Humidity Data Sheet </a:t>
                       </a:r>
-                      <a:endParaRPr sz="1800" i="1" u="none" strike="noStrike" cap="none"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                        </a:rPr>
+                        <a:t>or</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1800" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="hlink"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial"/>
+                        <a:ea typeface="Arial"/>
+                        <a:cs typeface="Arial"/>
+                        <a:sym typeface="Arial"/>
+                        <a:hlinkClick r:id="rId6"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClr>
+                          <a:schemeClr val="dk1"/>
+                        </a:buClr>
+                        <a:buSzPts val="1800"/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1800" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="hlink"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial"/>
+                          <a:ea typeface="Arial"/>
+                          <a:cs typeface="Arial"/>
+                          <a:sym typeface="Arial"/>
+                          <a:hlinkClick r:id="rId6"/>
+                        </a:rPr>
+                        <a:t>Atmosphere All Protocols Data Sheet </a:t>
+                      </a:r>
+                      <a:endParaRPr sz="1800" i="1" u="none" strike="noStrike" cap="none" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33547,51 +31093,51 @@
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>When</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none"/>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33626,93 +31172,91 @@
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Preferably within one hour of </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
-                            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                            </a:schemeClr>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId6">
+                          <a:hlinkClick r:id="rId7">
                             <a:extLst>
                               <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                                 <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                               </a:ext>
                             </a:extLst>
                           </a:hlinkClick>
                         </a:rPr>
                         <a:t>local solar noon</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>; </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>OK at other times</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none" dirty="0"/>
+                      <a:endParaRPr dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33751,51 +31295,51 @@
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Where</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none"/>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33816,126 +31360,105 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>A good observation site (See </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none">
                           <a:solidFill>
-                            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                            </a:schemeClr>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
-                          <a:hlinkClick r:id="rId7">
+                          <a:hlinkClick r:id="rId8">
                             <a:extLst>
                               <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                                 <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                               </a:ext>
                             </a:extLst>
                           </a:hlinkClick>
                         </a:rPr>
-                        <a:t>Documenting your atmosphere study site</a:t>
+                        <a:t>Documenting your atmosphere study site)</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="sng" strike="noStrike" cap="none" dirty="0">
-[...18 lines deleted...]
-                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>at your Instrument Shelter</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none" dirty="0"/>
+                      <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
@@ -33974,71 +31497,63 @@
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:schemeClr val="dk1"/>
                         </a:buClr>
                         <a:buSzPts val="1800"/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="1800" b="0" i="1" u="none" strike="noStrike" cap="none">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Other</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1400" u="none" strike="noStrike" cap="none"/>
+                      <a:endParaRPr/>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-                        <a:lnSpc>
-[...1 lines deleted...]
-                        </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClr>
-[...3 lines deleted...]
-                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
-                      <a:endParaRPr sz="1800" i="1" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr sz="1800" i="1">
                         <a:latin typeface="Arial"/>
                         <a:ea typeface="Arial"/>
                         <a:cs typeface="Arial"/>
                         <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
@@ -34047,76 +31562,68 @@
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" rtl="0">
-                        <a:lnSpc>
-[...1 lines deleted...]
-                        </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
-                        <a:buClr>
-[...3 lines deleted...]
-                        <a:buFont typeface="Arial"/>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1800" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:rPr lang="en-US" sz="1800" i="0" dirty="0">
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Arial"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Arial"/>
                         </a:rPr>
                         <a:t>Log book for data collection; Computer with internet connection to enter data</a:t>
                       </a:r>
-                      <a:endParaRPr sz="1800" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr sz="1800" i="0" dirty="0">
                         <a:latin typeface="Arial"/>
                         <a:ea typeface="Arial"/>
                         <a:cs typeface="Arial"/>
                         <a:sym typeface="Arial"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="91450" marR="91450" marT="45725" marB="45725" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
@@ -34131,249 +31638,243 @@
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng">
                       <a:solidFill>
                         <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="177" name="Google Shape;177;p8" descr="Artist image of digital hydrometer">
-            <a:hlinkClick r:id="rId8"/>
+          <p:cNvPr id="166" name="Google Shape;166;p8" descr="Artist image of digital hydrometer">
+            <a:hlinkClick r:id="rId9"/>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId9">
+          <a:blip r:embed="rId10" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7224787" y="1649317"/>
             <a:ext cx="1307050" cy="1642524"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="178" name="Google Shape;178;p8"/>
+          <p:cNvPr id="167" name="Google Shape;167;p8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6861462" y="3261772"/>
             <a:ext cx="2043381" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>    </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Digital Hygrometer</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1400">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="179" name="Google Shape;179;p8" descr="Artist's image of sling psychrometer"/>
+          <p:cNvPr id="168" name="Google Shape;168;p8" descr="Artist's image of sling psychrometer"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId10">
+          <a:blip r:embed="rId11" cstate="email">
             <a:alphaModFix/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7259921" y="4100351"/>
             <a:ext cx="1526033" cy="1519112"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="180" name="Google Shape;180;p8"/>
+          <p:cNvPr id="169" name="Google Shape;169;p8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6955862" y="5667539"/>
             <a:ext cx="2131866" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0">
-              <a:lnSpc>
-[...12 lines deleted...]
-              <a:buFont typeface="Arial"/>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:sym typeface="Calibri"/>
               </a:rPr>
               <a:t>    </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" cap="none">
+              <a:rPr lang="en-US" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Sling Psychrometer</a:t>
             </a:r>
-            <a:endParaRPr sz="1400" b="0" i="0" u="none" strike="noStrike" cap="none">
+            <a:endParaRPr sz="1400">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office Theme">
       <a:dk1>
         <a:srgbClr val="000000"/>
@@ -34914,110 +32415,110 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2861</Words>
+  <Words>2906</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
-  <Paragraphs>242</Paragraphs>
+  <Paragraphs>251</Paragraphs>
   <Slides>31</Slides>
   <Notes>31</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>31</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="35" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Mulish</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Protocol Training Slides: Relative Humidity</vt:lpstr>
       <vt:lpstr>Overview and Learning Objectives</vt:lpstr>
       <vt:lpstr>Overview and Learning Objectives</vt:lpstr>
       <vt:lpstr>The Atmosphere</vt:lpstr>
       <vt:lpstr>Relative Humidity</vt:lpstr>
       <vt:lpstr>Measuring Relative Humidity</vt:lpstr>
       <vt:lpstr>Recording Relative Humidity (RH) is important for many reasons:</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>What I Need to Collect RH Data </vt:lpstr>
       <vt:lpstr>Which Instrument do I Use?</vt:lpstr>
       <vt:lpstr>Instrument Shelter</vt:lpstr>
       <vt:lpstr>Collecting Data: Hygrometer</vt:lpstr>
       <vt:lpstr>When Not to Collect Data: Hygrometer</vt:lpstr>
       <vt:lpstr>Collecting Data: Sling Psychrometer- 1</vt:lpstr>
       <vt:lpstr>Collecting Data: Sling Psychrometer- 2</vt:lpstr>
       <vt:lpstr>Entering Relative Humidity Data in the GLOBE Observer Data Entry System</vt:lpstr>
+      <vt:lpstr>Entering Relative Humidity Data – Step 1&amp;2</vt:lpstr>
+      <vt:lpstr>Entering Relative Humidity Data – Step 3</vt:lpstr>
+      <vt:lpstr>Entering Relative Humidity Data – Step 4</vt:lpstr>
+      <vt:lpstr>Entering Relative Humidity Data – Step 5</vt:lpstr>
+      <vt:lpstr>Entering Relative Humidity Data – Step 6</vt:lpstr>
+      <vt:lpstr>Visualize and Retrieve Data – Step 1</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Visualize and Retrieve Data</vt:lpstr>
       <vt:lpstr>Understanding the Data</vt:lpstr>
       <vt:lpstr>Questions for YOU to Investigate </vt:lpstr>
       <vt:lpstr>What have you learned?</vt:lpstr>
       <vt:lpstr>Frequently Asked Questions (FAQs) 1</vt:lpstr>
       <vt:lpstr>Frequently Asked Questions (FAQs) 2</vt:lpstr>
       <vt:lpstr>Frequently Asked Questions (FAQs) 3</vt:lpstr>
       <vt:lpstr>Further Resources</vt:lpstr>
       <vt:lpstr>We want your Feedback!   </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>rusty low</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>